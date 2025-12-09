--- v0 (2025-10-19)
+++ v1 (2025-12-09)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>New Applicant</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>26-28 kg</t>
   </si>
   <si>
     <t>I understand</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>2018 or later</t>
   </si>
   <si>
@@ -272,51 +272,57 @@
   <si>
     <t>Elite</t>
   </si>
   <si>
     <t>40-42kg</t>
   </si>
   <si>
     <t>Coach</t>
   </si>
   <si>
     <t>42-44kg</t>
   </si>
   <si>
     <t>Official/Referee/Judge</t>
   </si>
   <si>
     <t>44-46kg</t>
   </si>
   <si>
     <t>Non-Competitive Sparring</t>
   </si>
   <si>
     <t>46-48kg</t>
   </si>
   <si>
+    <t>Doctor</t>
+  </si>
+  <si>
     <t>48-50kg</t>
+  </si>
+  <si>
+    <t>Volunteer</t>
   </si>
   <si>
     <t>50-52kg</t>
   </si>
   <si>
     <t>52-54kg</t>
   </si>
   <si>
     <t>54-57kg</t>
   </si>
   <si>
     <t>57-60kg</t>
   </si>
   <si>
     <t>60-63kg</t>
   </si>
   <si>
     <t>63-66kg</t>
   </si>
   <si>
     <t>66-70kg</t>
   </si>
   <si>
     <t>70-75kg</t>
   </si>
@@ -1215,167 +1221,173 @@
       </c>
       <c r="DH8" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:112">
       <c r="DD9" t="s">
         <v>82</v>
       </c>
       <c r="DH9" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:112">
       <c r="DD10" t="s">
         <v>84</v>
       </c>
       <c r="DH10" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:112">
       <c r="DD11" t="s">
         <v>86</v>
       </c>
+      <c r="DH11" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="12" spans="1:112">
       <c r="DD12" t="s">
-        <v>87</v>
+        <v>88</v>
+      </c>
+      <c r="DH12" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:112">
       <c r="DD13" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:112">
       <c r="DD14" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="15" spans="1:112">
       <c r="DD15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:112">
       <c r="DD16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:112">
       <c r="DD17" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:112">
       <c r="DD18" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:112">
       <c r="DD19" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:112">
       <c r="DD20" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:112">
       <c r="DD21" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:112">
       <c r="DD22" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:112">
       <c r="DD23" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:112">
       <c r="DD24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="15">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="A5:A1000">
       <formula1>'Worksheet'!$DA$1:$DA$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="B5:B1000">
       <formula1>'Worksheet'!$DB$1:$DB$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$24</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DE$1:$DE$1</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DF$1:$DF$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DG$1:$DG$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
-      <formula1>'Worksheet'!$DH$1:$DH$10</formula1>
+      <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DH$1:$DH$10</formula1>
+      <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
-      <formula1>'Worksheet'!$DH$1:$DH$10</formula1>
+      <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="R5:R1000">
-      <formula1>'Worksheet'!$DH$1:$DH$10</formula1>
+      <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="S5:S1000">
-      <formula1>'Worksheet'!$DH$1:$DH$10</formula1>
+      <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="T5:T1000">
-      <formula1>'Worksheet'!$DH$1:$DH$10</formula1>
+      <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="U5:U1000">
-      <formula1>'Worksheet'!$DH$1:$DH$10</formula1>
+      <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="V5:V1000">
-      <formula1>'Worksheet'!$DH$1:$DH$10</formula1>
+      <formula1>'Worksheet'!$DH$1:$DH$12</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>