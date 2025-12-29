--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -9,226 +9,241 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="763">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="772">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>13th Round Fight for Life</t>
   </si>
   <si>
+    <t>Canada Cup</t>
+  </si>
+  <si>
     <t>2 Queens</t>
   </si>
   <si>
     <t>Best Western Premier Calgary Hotel and Conference Centre</t>
   </si>
   <si>
-    <t>Monday</t>
+    <t>Monday, March 16</t>
   </si>
   <si>
     <t>1018633:typeValue:102</t>
   </si>
   <si>
     <t>1018633:typeValue:103</t>
   </si>
   <si>
     <t>1018633:typeValue:5:295684</t>
   </si>
   <si>
     <t>1018633:typeValue:14:295685</t>
   </si>
   <si>
     <t>1018633:typeValue-2:14</t>
   </si>
   <si>
     <t>1018633:typeValue:106</t>
   </si>
   <si>
+    <t>1018633:typeValue:3:295772</t>
+  </si>
+  <si>
     <t>1018633:typeValue:1:295687</t>
   </si>
   <si>
     <t>1018633:typeValue:3:295688</t>
   </si>
   <si>
     <t>1018633:age_category</t>
   </si>
   <si>
     <t>1018633:reg_event:1</t>
   </si>
   <si>
     <t>1018633:reg_event:2</t>
   </si>
   <si>
     <t>1018633:reg_event:3</t>
   </si>
   <si>
     <t>1018633:reg_event:4</t>
   </si>
   <si>
     <t>1018633:reg_event:5</t>
   </si>
   <si>
     <t>1018633:reg_event:6</t>
   </si>
   <si>
     <t>1018633:reg_event:7</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>161 Boxing Club</t>
   </si>
   <si>
+    <t>Nationals</t>
+  </si>
+  <si>
     <t>1 King</t>
   </si>
   <si>
     <t>Homewood Suites - Calgary Airport</t>
   </si>
   <si>
-    <t>Tuesday</t>
-[...2 lines deleted...]
-    <t>Event Registration - 2026 Nationals and Canada Cup Family Deal</t>
+    <t>Tuesday, March 17</t>
+  </si>
+  <si>
+    <t>Event Registration - 2026 HOST HOTEL BOOKING-Nationals and Canada Cup</t>
   </si>
   <si>
     <t>1MR One More Round</t>
   </si>
   <si>
-    <t>Wednesday</t>
+    <t>Wednesday, March 18</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Email Opt In</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
+    <t>Are you registering for Canada Cup or Nationals?</t>
+  </si>
+  <si>
     <t>Who Are You Rooming With?  (maximum of 4 per room)  FULL NAMES REQUIRED</t>
   </si>
   <si>
     <t>Room Type Required.   2 - Queen (maximum 4 per room), 1 King (cots in a king room are subject to availability.)</t>
   </si>
   <si>
-    <t>Days</t>
+    <t>Host Hotels</t>
   </si>
   <si>
     <t>Days #1</t>
   </si>
   <si>
     <t>Days #2</t>
   </si>
   <si>
     <t>Days #3</t>
   </si>
   <si>
     <t>Days #4</t>
   </si>
   <si>
     <t>Days #5</t>
   </si>
   <si>
     <t>Days #6</t>
   </si>
   <si>
     <t>Days #7</t>
   </si>
   <si>
     <t>2 Rivers Boxing Club</t>
   </si>
   <si>
-    <t>Thursday</t>
+    <t>Thursday, March 19</t>
   </si>
   <si>
     <t>2B Extreme Evolution Laval</t>
   </si>
   <si>
-    <t>Friday</t>
+    <t>Friday, March 20</t>
   </si>
   <si>
     <t>2KO Mentor sportif</t>
   </si>
   <si>
-    <t>Saturday</t>
+    <t>Saturday, March 21</t>
   </si>
   <si>
     <t>4 Corner Boxing Fitness</t>
   </si>
   <si>
-    <t>Sunday</t>
+    <t>Sunday, March 22</t>
   </si>
   <si>
     <t>Abbotsford Boxing</t>
   </si>
   <si>
     <t>Abomb Boxing</t>
   </si>
   <si>
     <t>Academie Boxe Frontenac</t>
   </si>
   <si>
     <t>Academie d'Arts Martiaux de Matane</t>
   </si>
   <si>
+    <t>Academie de boxe Atlas</t>
+  </si>
+  <si>
     <t>Academie de boxe BSL</t>
   </si>
   <si>
     <t>Academie de boxe le Pugiliste</t>
   </si>
   <si>
     <t>Academie de boxe le Ring</t>
   </si>
   <si>
     <t>Academie de boxe olympique KO-96</t>
   </si>
   <si>
     <t>Academie de boxe Val Belair</t>
   </si>
   <si>
     <t>Academie de Kung-Fu et de Kick-Boxing Rive-Sud</t>
   </si>
   <si>
     <t>Academie Fighter's Pride</t>
   </si>
   <si>
     <t>Academie Impak</t>
   </si>
   <si>
     <t>Academie Martial</t>
@@ -254,59 +269,65 @@
   <si>
     <t>Ajax Boxing Club</t>
   </si>
   <si>
     <t>AK Boxing &amp; World Fitness</t>
   </si>
   <si>
     <t>Albion Boxing Club</t>
   </si>
   <si>
     <t>Alexander Boxing</t>
   </si>
   <si>
     <t>Ali Combat Club</t>
   </si>
   <si>
     <t>All Canadian Boxing</t>
   </si>
   <si>
     <t>All For One Boxing Club</t>
   </si>
   <si>
     <t>Alliance Boxing Club</t>
   </si>
   <si>
+    <t>Alliance Boxing Club SASKATOON (ABC S)</t>
+  </si>
+  <si>
     <t>Amazing Fitness</t>
   </si>
   <si>
     <t>Ambitions boxing club</t>
   </si>
   <si>
     <t>Ambush Boxing Club</t>
   </si>
   <si>
+    <t>Amoring Boxing Club</t>
+  </si>
+  <si>
     <t>Amplified Athletics Inc. (AMPLIFIED ATHLETICS)</t>
   </si>
   <si>
     <t>ANIMO BOXING &amp; MMA</t>
   </si>
   <si>
     <t>Apex Combatives</t>
   </si>
   <si>
     <t>Arts Martiaux Apex</t>
   </si>
   <si>
     <t>Arts Martiaux Evolution</t>
   </si>
   <si>
     <t>Ashukian's Academy of Boxing</t>
   </si>
   <si>
     <t>Athena's Den</t>
   </si>
   <si>
     <t>Atlas Boxing Club</t>
   </si>
   <si>
     <t>Avenue Boxing Club</t>
@@ -410,162 +431,168 @@
   <si>
     <t>Bluewater Boxing Club</t>
   </si>
   <si>
     <t>Body By Chosen</t>
   </si>
   <si>
     <t>Body by Dex Studio</t>
   </si>
   <si>
     <t>Body Head</t>
   </si>
   <si>
     <t>Bolton Boxing</t>
   </si>
   <si>
     <t>Boomerz Boxing</t>
   </si>
   <si>
     <t>Border City Boxing</t>
   </si>
   <si>
     <t>Bowmont Boxing Club</t>
   </si>
   <si>
-    <t>BOX 117 (117)</t>
+    <t>Box 117</t>
   </si>
   <si>
     <t>Box and Lift</t>
   </si>
   <si>
-    <t>BOX117 (117)</t>
-[...1 lines deleted...]
-  <si>
     <t>BOX2FIT</t>
   </si>
   <si>
     <t>Boxe 376</t>
   </si>
   <si>
     <t>Boxe 3HB</t>
   </si>
   <si>
     <t>Boxe Elite Gatineau</t>
   </si>
   <si>
     <t>Boxe Fit</t>
   </si>
   <si>
     <t>Boxe Matthew Carrier inc.</t>
   </si>
   <si>
     <t>Boxe Pit Bull</t>
   </si>
   <si>
     <t>Boxe Rimouski</t>
   </si>
   <si>
     <t>Boxe St-Emile</t>
   </si>
   <si>
+    <t>Boxe Temis</t>
+  </si>
+  <si>
     <t>Boxemontreal.com</t>
   </si>
   <si>
     <t>Boxing Without Barriers</t>
   </si>
   <si>
     <t>Bramalea Boxing Club</t>
   </si>
   <si>
     <t>Brampton Boxing</t>
   </si>
   <si>
     <t>Brampton Boxing Gym</t>
   </si>
   <si>
+    <t>Brandon Fitness Combat Academy</t>
+  </si>
+  <si>
     <t>Brantford Black Eye</t>
   </si>
   <si>
     <t>Brantford Blackeye Boxing Club</t>
   </si>
   <si>
+    <t>Brave Boxing Club</t>
+  </si>
+  <si>
     <t>Brave Boxing</t>
   </si>
   <si>
-    <t>Brickhouse</t>
+    <t>Brickhouse 24/7</t>
   </si>
   <si>
     <t>Budo Canada</t>
   </si>
   <si>
     <t>Built By Mack</t>
   </si>
   <si>
     <t>Bull Training</t>
   </si>
   <si>
     <t>Bulldog Boxing &amp; MMA Academy</t>
   </si>
   <si>
     <t>Bulldog Boxing Academy</t>
   </si>
   <si>
     <t>Bulldog Boxing Club</t>
   </si>
   <si>
     <t>Bulldogs Fitness &amp; Boxing Centre</t>
   </si>
   <si>
     <t>Burlington Training Centre</t>
   </si>
   <si>
     <t>Bushido Boxing</t>
   </si>
   <si>
     <t>C.O.A.D.E.S. Boxing</t>
   </si>
   <si>
     <t>C4 Delgado</t>
   </si>
   <si>
     <t>C4 MMA &amp; Fitness/TW Boxing</t>
   </si>
   <si>
     <t>Cabbagetown Boxing Club</t>
   </si>
   <si>
     <t>Caged Dragon Boxing</t>
   </si>
   <si>
     <t>Calgary Boxing Club</t>
   </si>
   <si>
     <t>Campbellton Boxing Club</t>
   </si>
   <si>
-    <t>Canadian Fighting Center</t>
+    <t>Canadian Fighting Centre</t>
   </si>
   <si>
     <t>Cardio-Boxe Sow</t>
   </si>
   <si>
     <t>Cardoso Boxing</t>
   </si>
   <si>
     <t>Cardoso Boxing Club</t>
   </si>
   <si>
     <t>Carrefour Multisports</t>
   </si>
   <si>
     <t>Cave Athletics / Sanctum</t>
   </si>
   <si>
     <t>CBS Boxing Club</t>
   </si>
   <si>
     <t>CCCCBoxing</t>
   </si>
   <si>
     <t>Celtic Hammer</t>
   </si>
@@ -653,50 +680,53 @@
   <si>
     <t>Club de boxe BG Buckingham</t>
   </si>
   <si>
     <t>Club de boxe Brandon</t>
   </si>
   <si>
     <t>Club de boxe Chicoutimi</t>
   </si>
   <si>
     <t>Club de boxe CPS</t>
   </si>
   <si>
     <t>Club de boxe de Boucherville</t>
   </si>
   <si>
     <t>Club de boxe de l est</t>
   </si>
   <si>
     <t>Club de boxe de Sherbrooke</t>
   </si>
   <si>
     <t>Club de boxe Drummond</t>
   </si>
   <si>
+    <t>Club de boxe Evado</t>
+  </si>
+  <si>
     <t>Club de boxe Focus de la Vallee</t>
   </si>
   <si>
     <t>Club de boxe Futurs champions</t>
   </si>
   <si>
     <t>Club de boxe G1</t>
   </si>
   <si>
     <t>Club de boxe Gary Doston</t>
   </si>
   <si>
     <t>Club de boxe Gerard-Filion</t>
   </si>
   <si>
     <t>Club de boxe Goats</t>
   </si>
   <si>
     <t>Club de boxe Goliath</t>
   </si>
   <si>
     <t>Club de boxe Heavyweight</t>
   </si>
   <si>
     <t>Club de boxe Hubert Poulin</t>
@@ -968,50 +998,53 @@
   <si>
     <t>Eastside Boxing</t>
   </si>
   <si>
     <t>Ecole de boxe Commando</t>
   </si>
   <si>
     <t>Ecole de boxe les Apprentis Champions</t>
   </si>
   <si>
     <t>Ecole de boxe olympique RDL</t>
   </si>
   <si>
     <t>Ecole de boxe olympique Sorel-Tracy</t>
   </si>
   <si>
     <t>Ecole de kickboxing de l'Estrie</t>
   </si>
   <si>
     <t>Ecole Shao-Lin Boxe Matane</t>
   </si>
   <si>
     <t>Eldorado Boxing</t>
   </si>
   <si>
+    <t>Elite fight club</t>
+  </si>
+  <si>
     <t>Empire Boxing</t>
   </si>
   <si>
     <t>Empire Mixed Martial Arts &amp; Fitness</t>
   </si>
   <si>
     <t>EnergyBox</t>
   </si>
   <si>
     <t>Equipe oneXone</t>
   </si>
   <si>
     <t>Eskasoni Red Tribe Boxing Club</t>
   </si>
   <si>
     <t>Evangeline Trail Boxing Club</t>
   </si>
   <si>
     <t>Evolve MMA</t>
   </si>
   <si>
     <t>Face Off Boxing Club</t>
   </si>
   <si>
     <t>Farrell Boxing Nonprofit</t>
@@ -1238,110 +1271,110 @@
   <si>
     <t>JCC Boxing club</t>
   </si>
   <si>
     <t>Journey Boxing</t>
   </si>
   <si>
     <t>JTI Boxing</t>
   </si>
   <si>
     <t>Just Train It</t>
   </si>
   <si>
     <t>K.A. Boxing</t>
   </si>
   <si>
     <t>K.O. Club Martial Arts Fitness</t>
   </si>
   <si>
     <t>K1 Academy</t>
   </si>
   <si>
     <t>Kalsamrit Gym Inc</t>
   </si>
   <si>
-    <t>Kamikaze Boxing Club</t>
+    <t>Kamikaze Punishment Foundation</t>
   </si>
   <si>
     <t>Kashechewan</t>
   </si>
   <si>
     <t>Kashechewan Boxing Club</t>
   </si>
   <si>
     <t>KAYO</t>
   </si>
   <si>
     <t>Kelowna Boxing Club</t>
   </si>
   <si>
+    <t>Kent Athletic Youth Orgaization (KAYO)</t>
+  </si>
+  <si>
     <t>Kent Athletic Youth Organization</t>
   </si>
   <si>
     <t>Khalsa Boxing Club</t>
   </si>
   <si>
     <t>Kickboxing Jiu-Jitsu Academie</t>
   </si>
   <si>
     <t>Kids N Play Boxing and Empowerment</t>
   </si>
   <si>
     <t>King of the ring</t>
   </si>
   <si>
+    <t>King Solo boxing (5555)</t>
+  </si>
+  <si>
     <t>Kingsman Boxing</t>
   </si>
   <si>
     <t>Kingston Youth Boxing Club</t>
   </si>
   <si>
     <t>Kingsway Boxing Club</t>
   </si>
   <si>
     <t>Kingways Boxing Club (KBC)</t>
   </si>
   <si>
     <t>Knockout Brampton Boxing</t>
   </si>
   <si>
     <t>KO-ED Boxing Academy</t>
   </si>
   <si>
     <t>Kokon Jiu-Jitsu and the House of 5 Martial Arts</t>
   </si>
   <si>
-    <t>Kombat Arts Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Kombat Arts Training Academy</t>
   </si>
   <si>
-    <t>Kombat Arts Traning</t>
-[...1 lines deleted...]
-  <si>
     <t>Komoka Kilworth School of Boxing Muay Thai Fitness</t>
   </si>
   <si>
     <t>Kopas Boxing Club</t>
   </si>
   <si>
     <t>Kubicki Boxing Team</t>
   </si>
   <si>
     <t>KV Golden Gloves</t>
   </si>
   <si>
     <t>La Zone TR</t>
   </si>
   <si>
     <t>Lac La Biche Boxing Club</t>
   </si>
   <si>
     <t>Lahave Boxing Club</t>
   </si>
   <si>
     <t>Le Kick Club</t>
   </si>
   <si>
     <t>Le Stage Boxing</t>
@@ -1373,102 +1406,96 @@
   <si>
     <t>Lethbridge Boxing Club</t>
   </si>
   <si>
     <t>Lethbridge Dopamine Boxing Club</t>
   </si>
   <si>
     <t>Lewis Boxing Elite</t>
   </si>
   <si>
     <t>LFG Fitness and Athletic Performance Ltd.</t>
   </si>
   <si>
     <t>Lifestyle Boxing (LBT)</t>
   </si>
   <si>
     <t>Lions Boxing and Fitness</t>
   </si>
   <si>
     <t>Liverpool Boxing Club</t>
   </si>
   <si>
     <t>Lloydminster Boxing</t>
   </si>
   <si>
-    <t>Lodgepole West Pembina Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>London Boxing</t>
   </si>
   <si>
     <t>London Warriors Boxing</t>
   </si>
   <si>
     <t>Lonsdale BC</t>
   </si>
   <si>
     <t>Lux Boxing</t>
   </si>
   <si>
     <t>Lynx Pro Boxe</t>
   </si>
   <si>
     <t>M.A.F.A 1991</t>
   </si>
   <si>
     <t>M.P.T Fitness and Boxing</t>
   </si>
   <si>
     <t>M1 Thai</t>
   </si>
   <si>
     <t>Mad Boxe et Fitness Inc</t>
   </si>
   <si>
     <t>Madkatz Boxing / Los Gatos Locos</t>
   </si>
   <si>
     <t>Main Event Boxing Club</t>
   </si>
   <si>
     <t>Manx Boxing @ Studio 4</t>
   </si>
   <si>
     <t>Maple Ridge Amateur Boxing Club</t>
   </si>
   <si>
     <t>Marshall Boxing</t>
   </si>
   <si>
     <t>Martial Arts Fitness Academy (MAFA)</t>
   </si>
   <si>
-    <t>Mastiff Boxing Club</t>
-[...2 lines deleted...]
-    <t>Maulers Boxing</t>
+    <t>Maulers Boxing Club</t>
   </si>
   <si>
     <t>Maximus Boxing Club</t>
   </si>
   <si>
     <t>MBF Boxing Club</t>
   </si>
   <si>
     <t>McEwans Pro Street Gym</t>
   </si>
   <si>
     <t>McGrory's Boxing Club</t>
   </si>
   <si>
     <t>McGrorys Boxing Club</t>
   </si>
   <si>
     <t>Mecha Martial Arts &amp; Athletics [Boxing]</t>
   </si>
   <si>
     <t>Medicine Hat Boxing Club</t>
   </si>
   <si>
     <t>Membertou ABC</t>
   </si>
@@ -1559,110 +1586,107 @@
   <si>
     <t>OGM Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Old School Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Olympus Boxing Club</t>
   </si>
   <si>
     <t>Ontario Top Team: Brazilian Jiu Jitsu - Muay Thai - Boxing</t>
   </si>
   <si>
     <t>Oromocto BC</t>
   </si>
   <si>
     <t>Ottawa Fight &amp; Fitness</t>
   </si>
   <si>
     <t>Ottawa Valley Boxing</t>
   </si>
   <si>
     <t>Out of Province</t>
   </si>
   <si>
-    <t>Oxford Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Pacome Training</t>
   </si>
   <si>
     <t>Pan Am Boxing Club</t>
   </si>
   <si>
     <t>Panther Boxing Club</t>
   </si>
   <si>
     <t>Paqtnkek Red Tribe Boxing Club</t>
   </si>
   <si>
     <t>Paradise Boxing Club</t>
   </si>
   <si>
     <t>Pasch-Time Boxing</t>
   </si>
   <si>
     <t>Pasqua BC</t>
   </si>
   <si>
     <t>Paul Brown Box Fit</t>
   </si>
   <si>
     <t>Peachland Boxing</t>
   </si>
   <si>
-    <t>Peak Performance Athletics</t>
-[...1 lines deleted...]
-  <si>
     <t>Pegasus Amateur Boxing</t>
   </si>
   <si>
     <t>Pegasus Boxing Club</t>
   </si>
   <si>
     <t>Pelea Boxing Club</t>
   </si>
   <si>
     <t>Pembroke Boxing Club</t>
   </si>
   <si>
     <t>Philo-Boxe</t>
   </si>
   <si>
     <t>Phoenician Boxing Club</t>
   </si>
   <si>
     <t>Phoenix MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Pinnacle Boxing</t>
   </si>
   <si>
     <t>PIVOT Boxing Club</t>
   </si>
   <si>
+    <t>Pivotal Boxing Club</t>
+  </si>
+  <si>
     <t>Platinum Training Facility</t>
   </si>
   <si>
     <t>Port Kells Boxing Club</t>
   </si>
   <si>
     <t>Posteraro's Boxing Gym</t>
   </si>
   <si>
     <t>Pound4Pound</t>
   </si>
   <si>
     <t>Power Boxing Club</t>
   </si>
   <si>
     <t>Primal MMA Academy</t>
   </si>
   <si>
     <t>Prime Time BC</t>
   </si>
   <si>
     <t>Primetime</t>
   </si>
   <si>
     <t>Pro Boxe Charlevoix</t>
@@ -1754,53 +1778,50 @@
   <si>
     <t>Revolution MMA</t>
   </si>
   <si>
     <t>Rexdale/Jane-Finch Boxing Club (Youth Unlimited)</t>
   </si>
   <si>
     <t>Richmond Warriors Boxing Club</t>
   </si>
   <si>
     <t>Ring 73 Amateur Boxing Society</t>
   </si>
   <si>
     <t>Ring Fit</t>
   </si>
   <si>
     <t>Ring London</t>
   </si>
   <si>
     <t>RingFit</t>
   </si>
   <si>
     <t>Ringfit Boxing &amp; Fitness</t>
   </si>
   <si>
-    <t>Rival Boxing Cochrane</t>
-[...1 lines deleted...]
-  <si>
     <t>Rival Boxing Gym Rive-Nord</t>
   </si>
   <si>
     <t>River City</t>
   </si>
   <si>
     <t>RJF Boxing Club (Youth Unlimited)</t>
   </si>
   <si>
     <t>RND Boxing Club (Relentless and Driven)</t>
   </si>
   <si>
     <t>Rock Athletics Boxing Club</t>
   </si>
   <si>
     <t>Rockland Academy of Martial Arts</t>
   </si>
   <si>
     <t>Rogelio Boxing Club</t>
   </si>
   <si>
     <t>Rough Boxing</t>
   </si>
   <si>
     <t>Rough Boxing Gym</t>
@@ -1859,65 +1880,65 @@
   <si>
     <t>Shore Boxing Club</t>
   </si>
   <si>
     <t>Short Sleeve Boxing</t>
   </si>
   <si>
     <t>Shortsleeves School of Boxing</t>
   </si>
   <si>
     <t>Siberia Boxing Club Ltd.</t>
   </si>
   <si>
     <t>Silvertooth Gym</t>
   </si>
   <si>
     <t>Simcoe Martial Arts (Gray Cat Boxing)</t>
   </si>
   <si>
     <t>SK Boxing</t>
   </si>
   <si>
     <t>Sooke Boxing Club</t>
   </si>
   <si>
-    <t>Soul Martial Arts</t>
-[...1 lines deleted...]
-  <si>
     <t>South Side Legion Boxing Club</t>
   </si>
   <si>
     <t>SouthPaw Boxing Club</t>
   </si>
   <si>
     <t>Southpaw/Goldenstars Boxing</t>
   </si>
   <si>
     <t>Southside Boxing</t>
   </si>
   <si>
+    <t>Southside Boxing Club</t>
+  </si>
+  <si>
     <t>Southside Legion boxing club (SSLC)</t>
   </si>
   <si>
     <t>Sovereign Boxing</t>
   </si>
   <si>
     <t>Sparta Bando club</t>
   </si>
   <si>
     <t>Spartan Striking Academy</t>
   </si>
   <si>
     <t>SpeakEasy Boxing &amp; Training Academy Ltd.</t>
   </si>
   <si>
     <t>Special T Boxing</t>
   </si>
   <si>
     <t>Special T Boxing UFC Gym</t>
   </si>
   <si>
     <t>Speedy Gym APB</t>
   </si>
   <si>
     <t>Sponagles east west boxing club</t>
@@ -2090,56 +2111,56 @@
   <si>
     <t>Toronto Newsgirls Boxing Club</t>
   </si>
   <si>
     <t>Toronto Striking Academy</t>
   </si>
   <si>
     <t>Toronto Warriors</t>
   </si>
   <si>
     <t>Train with Nat</t>
   </si>
   <si>
     <t>TRC Boxing Club</t>
   </si>
   <si>
     <t>Tri-Town Boxing Club</t>
   </si>
   <si>
     <t>Tribal Boxing Club</t>
   </si>
   <si>
     <t>Tristar Gym</t>
   </si>
   <si>
+    <t>Tristar Gym Repentigny</t>
+  </si>
+  <si>
     <t>Tristar Gym Rive Nord</t>
   </si>
   <si>
-    <t>Tristar Repentigny</t>
-[...1 lines deleted...]
-  <si>
     <t>Turtle River BC</t>
   </si>
   <si>
     <t>Twin Cities Boxing Club</t>
   </si>
   <si>
     <t>Twin Dragon</t>
   </si>
   <si>
     <t>Twin Tiger Boxing Academy</t>
   </si>
   <si>
     <t>Ukrainian Boxing Club - Cal'Mar</t>
   </si>
   <si>
     <t>Unattached British Columbia</t>
   </si>
   <si>
     <t>Unattached Manitoba</t>
   </si>
   <si>
     <t>Unattached New Brunswick</t>
   </si>
   <si>
     <t>Unattached Newfoundland and Labrador</t>
@@ -2147,59 +2168,59 @@
   <si>
     <t>Unattached Northwest Territories</t>
   </si>
   <si>
     <t>Unattached Nova Scotia</t>
   </si>
   <si>
     <t>Unattached Nunavut</t>
   </si>
   <si>
     <t>Unattached Ontario</t>
   </si>
   <si>
     <t>Unattached Prince Edward Island</t>
   </si>
   <si>
     <t>Unattached Quebec</t>
   </si>
   <si>
     <t>Unattached Saskatchewan</t>
   </si>
   <si>
     <t>Unattached Yukon</t>
   </si>
   <si>
+    <t>Underdog Boxing Academy</t>
+  </si>
+  <si>
     <t>Underdog Boxing</t>
   </si>
   <si>
     <t>Underdogs Boxing Club</t>
   </si>
   <si>
-    <t>Underdog</t>
-[...1 lines deleted...]
-  <si>
     <t>Underground Boxing</t>
   </si>
   <si>
     <t>Undisputed Boxing Club</t>
   </si>
   <si>
     <t>Unis boxe Beauce</t>
   </si>
   <si>
     <t>Unis Boxe Quebec</t>
   </si>
   <si>
     <t>United Athletics</t>
   </si>
   <si>
     <t>United Boxing Club</t>
   </si>
   <si>
     <t>United Fighter</t>
   </si>
   <si>
     <t>Unity Boxing Club</t>
   </si>
   <si>
     <t>Univeristy of Toronto</t>
@@ -2210,54 +2231,60 @@
   <si>
     <t>Uptown Boxing</t>
   </si>
   <si>
     <t>Uptown Boxing Club</t>
   </si>
   <si>
     <t>Valhalla MMA</t>
   </si>
   <si>
     <t>Valley East Boxing Club</t>
   </si>
   <si>
     <t>Van Jango Studio Of Martial Arts</t>
   </si>
   <si>
     <t>Vancouver Club</t>
   </si>
   <si>
     <t>Vernon Amateur Boxing Club</t>
   </si>
   <si>
     <t>Victory Training Center</t>
   </si>
   <si>
+    <t>Vision Boxe</t>
+  </si>
+  <si>
     <t>VMA Boxing Academy</t>
   </si>
   <si>
     <t>Wainwright Boxing Club</t>
+  </si>
+  <si>
+    <t>Wamma NexGen</t>
   </si>
   <si>
     <t>Warden MMA and Fitness</t>
   </si>
   <si>
     <t>Warriors Boxing</t>
   </si>
   <si>
     <t xml:space="preserve">Warriors Boxing </t>
   </si>
   <si>
     <t>Waterloo Boxing</t>
   </si>
   <si>
     <t>Waterloo Regional Boxing Academy</t>
   </si>
   <si>
     <t>West End Athletic Club</t>
   </si>
   <si>
     <t>West Windsor Boxing Club</t>
   </si>
   <si>
     <t>Westchester Boxing Club</t>
   </si>
@@ -2679,169 +2706,180 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DE1000"/>
+  <dimension ref="A1:DF1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="89" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="84" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="57" bestFit="true" customWidth="true" style="0"/>
+    <col min="107" max="107" width="12" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="84" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="10" bestFit="true" customWidth="true" style="0"/>
+    <col min="109" max="109" width="67" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:109" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:110" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
       <c r="DD1" t="s">
         <v>4</v>
       </c>
       <c r="DE1" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="2" spans="1:109" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="DF1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:110" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="M2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="N2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="P2" t="s">
-        <v>21</v>
+        <v>22</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>23</v>
       </c>
       <c r="DA2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="DB2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="DC2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="DD2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="DE2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:109">
+        <v>28</v>
+      </c>
+      <c r="DF2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:110">
       <c r="A3" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
@@ -2903,106 +2941,108 @@
       <c r="CC3" s="2"/>
       <c r="CD3" s="2"/>
       <c r="CE3" s="2"/>
       <c r="CF3" s="2"/>
       <c r="CG3" s="2"/>
       <c r="CH3" s="2"/>
       <c r="CI3" s="2"/>
       <c r="CJ3" s="2"/>
       <c r="CK3" s="2"/>
       <c r="CL3" s="2"/>
       <c r="CM3" s="2"/>
       <c r="CN3" s="2"/>
       <c r="CO3" s="2"/>
       <c r="CP3" s="2"/>
       <c r="CQ3" s="2"/>
       <c r="CR3" s="2"/>
       <c r="CS3" s="2"/>
       <c r="CT3" s="2"/>
       <c r="CU3" s="2"/>
       <c r="CV3" s="2"/>
       <c r="CW3" s="2"/>
       <c r="CX3" s="2"/>
       <c r="CY3" s="2"/>
       <c r="CZ3" s="2"/>
       <c r="DB3" t="s">
-        <v>28</v>
-[...5 lines deleted...]
-    <row r="4" spans="1:109">
+        <v>31</v>
+      </c>
+      <c r="DF3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:110">
       <c r="A4" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="K4" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="L4" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="M4" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="N4" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="O4" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="P4" s="3" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="Q4" s="3"/>
+        <v>48</v>
+      </c>
+      <c r="Q4" s="3" t="s">
+        <v>49</v>
+      </c>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
       <c r="AG4" s="3"/>
       <c r="AH4" s="3"/>
       <c r="AI4" s="3"/>
       <c r="AJ4" s="3"/>
       <c r="AK4" s="3"/>
       <c r="AL4" s="3"/>
       <c r="AM4" s="3"/>
       <c r="AN4" s="3"/>
       <c r="AO4" s="3"/>
       <c r="AP4" s="3"/>
@@ -3047,7245 +3087,7264 @@
       <c r="CC4" s="3"/>
       <c r="CD4" s="3"/>
       <c r="CE4" s="3"/>
       <c r="CF4" s="3"/>
       <c r="CG4" s="3"/>
       <c r="CH4" s="3"/>
       <c r="CI4" s="3"/>
       <c r="CJ4" s="3"/>
       <c r="CK4" s="3"/>
       <c r="CL4" s="3"/>
       <c r="CM4" s="3"/>
       <c r="CN4" s="3"/>
       <c r="CO4" s="3"/>
       <c r="CP4" s="3"/>
       <c r="CQ4" s="3"/>
       <c r="CR4" s="3"/>
       <c r="CS4" s="3"/>
       <c r="CT4" s="3"/>
       <c r="CU4" s="3"/>
       <c r="CV4" s="3"/>
       <c r="CW4" s="3"/>
       <c r="CX4" s="3"/>
       <c r="CY4" s="3"/>
       <c r="CZ4" s="3"/>
       <c r="DB4" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:109">
+        <v>50</v>
+      </c>
+      <c r="DF4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:110">
       <c r="E5" t="s">
         <v>1</v>
       </c>
       <c r="F5"/>
-      <c r="H5"/>
+      <c r="G5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
+      <c r="Q5"/>
       <c r="DB5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-    <row r="6" spans="1:109">
+        <v>52</v>
+      </c>
+      <c r="DF5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:110">
       <c r="E6" t="s">
         <v>1</v>
       </c>
       <c r="DB6" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:109">
+        <v>54</v>
+      </c>
+      <c r="DF6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:110">
       <c r="E7" t="s">
         <v>1</v>
       </c>
       <c r="DB7" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:109">
+        <v>56</v>
+      </c>
+      <c r="DF7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:110">
       <c r="E8" t="s">
         <v>1</v>
       </c>
       <c r="DB8" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:109">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:110">
       <c r="E9" t="s">
         <v>1</v>
       </c>
       <c r="DB9" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:109">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10" spans="1:110">
       <c r="E10" t="s">
         <v>1</v>
       </c>
       <c r="DB10" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:109">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11" spans="1:110">
       <c r="E11" t="s">
         <v>1</v>
       </c>
       <c r="DB11" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:109">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12" spans="1:110">
       <c r="E12" t="s">
         <v>1</v>
       </c>
       <c r="DB12" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:109">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:110">
       <c r="E13" t="s">
         <v>1</v>
       </c>
       <c r="DB13" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:109">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:110">
       <c r="E14" t="s">
         <v>1</v>
       </c>
       <c r="DB14" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:109">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:110">
       <c r="E15" t="s">
         <v>1</v>
       </c>
       <c r="DB15" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:109">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16" spans="1:110">
       <c r="E16" t="s">
         <v>1</v>
       </c>
       <c r="DB16" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:109">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="17" spans="1:110">
       <c r="E17" t="s">
         <v>1</v>
       </c>
       <c r="DB17" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:109">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:110">
       <c r="E18" t="s">
         <v>1</v>
       </c>
       <c r="DB18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:109">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:110">
       <c r="E19" t="s">
         <v>1</v>
       </c>
       <c r="DB19" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:109">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:110">
       <c r="E20" t="s">
         <v>1</v>
       </c>
       <c r="DB20" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:109">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="21" spans="1:110">
       <c r="E21" t="s">
         <v>1</v>
       </c>
       <c r="DB21" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:109">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="22" spans="1:110">
       <c r="E22" t="s">
         <v>1</v>
       </c>
       <c r="DB22" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:109">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="23" spans="1:110">
       <c r="E23" t="s">
         <v>1</v>
       </c>
       <c r="DB23" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:109">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="24" spans="1:110">
       <c r="E24" t="s">
         <v>1</v>
       </c>
       <c r="DB24" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:109">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="25" spans="1:110">
       <c r="E25" t="s">
         <v>1</v>
       </c>
       <c r="DB25" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:109">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="26" spans="1:110">
       <c r="E26" t="s">
         <v>1</v>
       </c>
       <c r="DB26" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:109">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="27" spans="1:110">
       <c r="E27" t="s">
         <v>1</v>
       </c>
       <c r="DB27" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:109">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="28" spans="1:110">
       <c r="E28" t="s">
         <v>1</v>
       </c>
       <c r="DB28" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:109">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="29" spans="1:110">
       <c r="E29" t="s">
         <v>1</v>
       </c>
       <c r="DB29" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:109">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="30" spans="1:110">
       <c r="E30" t="s">
         <v>1</v>
       </c>
       <c r="DB30" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:109">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="31" spans="1:110">
       <c r="E31" t="s">
         <v>1</v>
       </c>
       <c r="DB31" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:109">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="32" spans="1:110">
       <c r="E32" t="s">
         <v>1</v>
       </c>
       <c r="DB32" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:109">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="33" spans="1:110">
       <c r="E33" t="s">
         <v>1</v>
       </c>
       <c r="DB33" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:109">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="34" spans="1:110">
       <c r="E34" t="s">
         <v>1</v>
       </c>
       <c r="DB34" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:109">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="35" spans="1:110">
       <c r="E35" t="s">
         <v>1</v>
       </c>
       <c r="DB35" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:109">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="36" spans="1:110">
       <c r="E36" t="s">
         <v>1</v>
       </c>
       <c r="DB36" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:109">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="37" spans="1:110">
       <c r="E37" t="s">
         <v>1</v>
       </c>
       <c r="DB37" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:109">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="38" spans="1:110">
       <c r="E38" t="s">
         <v>1</v>
       </c>
       <c r="DB38" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:109">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="39" spans="1:110">
       <c r="E39" t="s">
         <v>1</v>
       </c>
       <c r="DB39" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:109">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="40" spans="1:110">
       <c r="E40" t="s">
         <v>1</v>
       </c>
       <c r="DB40" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:109">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="41" spans="1:110">
       <c r="E41" t="s">
         <v>1</v>
       </c>
       <c r="DB41" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:109">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:110">
       <c r="E42" t="s">
         <v>1</v>
       </c>
       <c r="DB42" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:109">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="43" spans="1:110">
       <c r="E43" t="s">
         <v>1</v>
       </c>
       <c r="DB43" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:109">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="44" spans="1:110">
       <c r="E44" t="s">
         <v>1</v>
       </c>
       <c r="DB44" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:109">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="45" spans="1:110">
       <c r="E45" t="s">
         <v>1</v>
       </c>
       <c r="DB45" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:109">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="46" spans="1:110">
       <c r="E46" t="s">
         <v>1</v>
       </c>
       <c r="DB46" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:109">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="47" spans="1:110">
       <c r="E47" t="s">
         <v>1</v>
       </c>
       <c r="DB47" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:109">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="48" spans="1:110">
       <c r="E48" t="s">
         <v>1</v>
       </c>
       <c r="DB48" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:109">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="49" spans="1:110">
       <c r="E49" t="s">
         <v>1</v>
       </c>
       <c r="DB49" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:109">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="50" spans="1:110">
       <c r="E50" t="s">
         <v>1</v>
       </c>
       <c r="DB50" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:109">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="51" spans="1:110">
       <c r="E51" t="s">
         <v>1</v>
       </c>
       <c r="DB51" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:109">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="52" spans="1:110">
       <c r="E52" t="s">
         <v>1</v>
       </c>
       <c r="DB52" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:109">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="53" spans="1:110">
       <c r="E53" t="s">
         <v>1</v>
       </c>
       <c r="DB53" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:109">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="54" spans="1:110">
       <c r="E54" t="s">
         <v>1</v>
       </c>
       <c r="DB54" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:109">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="55" spans="1:110">
       <c r="E55" t="s">
         <v>1</v>
       </c>
       <c r="DB55" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:109">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="56" spans="1:110">
       <c r="E56" t="s">
         <v>1</v>
       </c>
       <c r="DB56" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:109">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="57" spans="1:110">
       <c r="E57" t="s">
         <v>1</v>
       </c>
       <c r="DB57" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:109">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="58" spans="1:110">
       <c r="E58" t="s">
         <v>1</v>
       </c>
       <c r="DB58" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:109">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="59" spans="1:110">
       <c r="E59" t="s">
         <v>1</v>
       </c>
       <c r="DB59" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:109">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="60" spans="1:110">
       <c r="E60" t="s">
         <v>1</v>
       </c>
       <c r="DB60" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:109">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="61" spans="1:110">
       <c r="E61" t="s">
         <v>1</v>
       </c>
       <c r="DB61" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:109">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="62" spans="1:110">
       <c r="E62" t="s">
         <v>1</v>
       </c>
       <c r="DB62" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:109">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="63" spans="1:110">
       <c r="E63" t="s">
         <v>1</v>
       </c>
       <c r="DB63" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:109">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="64" spans="1:110">
       <c r="E64" t="s">
         <v>1</v>
       </c>
       <c r="DB64" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:109">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="65" spans="1:110">
       <c r="E65" t="s">
         <v>1</v>
       </c>
       <c r="DB65" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:109">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="66" spans="1:110">
       <c r="E66" t="s">
         <v>1</v>
       </c>
       <c r="DB66" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:109">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="67" spans="1:110">
       <c r="E67" t="s">
         <v>1</v>
       </c>
       <c r="DB67" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:109">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="68" spans="1:110">
       <c r="E68" t="s">
         <v>1</v>
       </c>
       <c r="DB68" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:109">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="69" spans="1:110">
       <c r="E69" t="s">
         <v>1</v>
       </c>
       <c r="DB69" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:109">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="70" spans="1:110">
       <c r="E70" t="s">
         <v>1</v>
       </c>
       <c r="DB70" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:109">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="71" spans="1:110">
       <c r="E71" t="s">
         <v>1</v>
       </c>
       <c r="DB71" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:109">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="72" spans="1:110">
       <c r="E72" t="s">
         <v>1</v>
       </c>
       <c r="DB72" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:109">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="73" spans="1:110">
       <c r="E73" t="s">
         <v>1</v>
       </c>
       <c r="DB73" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:109">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="74" spans="1:110">
       <c r="E74" t="s">
         <v>1</v>
       </c>
       <c r="DB74" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:109">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="75" spans="1:110">
       <c r="E75" t="s">
         <v>1</v>
       </c>
       <c r="DB75" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:109">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="76" spans="1:110">
       <c r="E76" t="s">
         <v>1</v>
       </c>
       <c r="DB76" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:109">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="77" spans="1:110">
       <c r="E77" t="s">
         <v>1</v>
       </c>
       <c r="DB77" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:109">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="78" spans="1:110">
       <c r="E78" t="s">
         <v>1</v>
       </c>
       <c r="DB78" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:109">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="79" spans="1:110">
       <c r="E79" t="s">
         <v>1</v>
       </c>
       <c r="DB79" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:109">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="80" spans="1:110">
       <c r="E80" t="s">
         <v>1</v>
       </c>
       <c r="DB80" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:109">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="81" spans="1:110">
       <c r="E81" t="s">
         <v>1</v>
       </c>
       <c r="DB81" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:109">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="82" spans="1:110">
       <c r="E82" t="s">
         <v>1</v>
       </c>
       <c r="DB82" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:109">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="83" spans="1:110">
       <c r="E83" t="s">
         <v>1</v>
       </c>
       <c r="DB83" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:109">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="84" spans="1:110">
       <c r="E84" t="s">
         <v>1</v>
       </c>
       <c r="DB84" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:109">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="85" spans="1:110">
       <c r="E85" t="s">
         <v>1</v>
       </c>
       <c r="DB85" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:109">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="86" spans="1:110">
       <c r="E86" t="s">
         <v>1</v>
       </c>
       <c r="DB86" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:109">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="87" spans="1:110">
       <c r="E87" t="s">
         <v>1</v>
       </c>
       <c r="DB87" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:109">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="88" spans="1:110">
       <c r="E88" t="s">
         <v>1</v>
       </c>
       <c r="DB88" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:109">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="89" spans="1:110">
       <c r="E89" t="s">
         <v>1</v>
       </c>
       <c r="DB89" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:109">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="90" spans="1:110">
       <c r="E90" t="s">
         <v>1</v>
       </c>
       <c r="DB90" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:109">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="91" spans="1:110">
       <c r="E91" t="s">
         <v>1</v>
       </c>
       <c r="DB91" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:109">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="92" spans="1:110">
       <c r="E92" t="s">
         <v>1</v>
       </c>
       <c r="DB92" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:109">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="93" spans="1:110">
       <c r="E93" t="s">
         <v>1</v>
       </c>
       <c r="DB93" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:109">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="94" spans="1:110">
       <c r="E94" t="s">
         <v>1</v>
       </c>
       <c r="DB94" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:109">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="95" spans="1:110">
       <c r="E95" t="s">
         <v>1</v>
       </c>
       <c r="DB95" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:109">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="96" spans="1:110">
       <c r="E96" t="s">
         <v>1</v>
       </c>
       <c r="DB96" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:109">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="97" spans="1:110">
       <c r="E97" t="s">
         <v>1</v>
       </c>
       <c r="DB97" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:109">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="98" spans="1:110">
       <c r="E98" t="s">
         <v>1</v>
       </c>
       <c r="DB98" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:109">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="99" spans="1:110">
       <c r="E99" t="s">
         <v>1</v>
       </c>
       <c r="DB99" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:109">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="100" spans="1:110">
       <c r="E100" t="s">
         <v>1</v>
       </c>
       <c r="DB100" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:109">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="101" spans="1:110">
       <c r="E101" t="s">
         <v>1</v>
       </c>
       <c r="DB101" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:109">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="102" spans="1:110">
       <c r="E102" t="s">
         <v>1</v>
       </c>
       <c r="DB102" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:109">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="103" spans="1:110">
       <c r="E103" t="s">
         <v>1</v>
       </c>
       <c r="DB103" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:109">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="104" spans="1:110">
       <c r="E104" t="s">
         <v>1</v>
       </c>
       <c r="DB104" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:109">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="105" spans="1:110">
       <c r="E105" t="s">
         <v>1</v>
       </c>
       <c r="DB105" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:109">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="106" spans="1:110">
       <c r="E106" t="s">
         <v>1</v>
       </c>
       <c r="DB106" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:109">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="107" spans="1:110">
       <c r="E107" t="s">
         <v>1</v>
       </c>
       <c r="DB107" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:109">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="108" spans="1:110">
       <c r="E108" t="s">
         <v>1</v>
       </c>
       <c r="DB108" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:109">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="109" spans="1:110">
       <c r="E109" t="s">
         <v>1</v>
       </c>
       <c r="DB109" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:109">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="110" spans="1:110">
       <c r="E110" t="s">
         <v>1</v>
       </c>
       <c r="DB110" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:109">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="111" spans="1:110">
       <c r="E111" t="s">
         <v>1</v>
       </c>
       <c r="DB111" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:109">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="112" spans="1:110">
       <c r="E112" t="s">
         <v>1</v>
       </c>
       <c r="DB112" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:109">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="113" spans="1:110">
       <c r="E113" t="s">
         <v>1</v>
       </c>
       <c r="DB113" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:109">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="114" spans="1:110">
       <c r="E114" t="s">
         <v>1</v>
       </c>
       <c r="DB114" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:109">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="115" spans="1:110">
       <c r="E115" t="s">
         <v>1</v>
       </c>
       <c r="DB115" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:109">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="116" spans="1:110">
       <c r="E116" t="s">
         <v>1</v>
       </c>
       <c r="DB116" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:109">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="117" spans="1:110">
       <c r="E117" t="s">
         <v>1</v>
       </c>
       <c r="DB117" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:109">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="118" spans="1:110">
       <c r="E118" t="s">
         <v>1</v>
       </c>
       <c r="DB118" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:109">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="119" spans="1:110">
       <c r="E119" t="s">
         <v>1</v>
       </c>
       <c r="DB119" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:109">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="120" spans="1:110">
       <c r="E120" t="s">
         <v>1</v>
       </c>
       <c r="DB120" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:109">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="121" spans="1:110">
       <c r="E121" t="s">
         <v>1</v>
       </c>
       <c r="DB121" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:109">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="122" spans="1:110">
       <c r="E122" t="s">
         <v>1</v>
       </c>
       <c r="DB122" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:109">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="123" spans="1:110">
       <c r="E123" t="s">
         <v>1</v>
       </c>
       <c r="DB123" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:109">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="124" spans="1:110">
       <c r="E124" t="s">
         <v>1</v>
       </c>
       <c r="DB124" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:109">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="125" spans="1:110">
       <c r="E125" t="s">
         <v>1</v>
       </c>
       <c r="DB125" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:109">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="126" spans="1:110">
       <c r="E126" t="s">
         <v>1</v>
       </c>
       <c r="DB126" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:109">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="127" spans="1:110">
       <c r="E127" t="s">
         <v>1</v>
       </c>
       <c r="DB127" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:109">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="128" spans="1:110">
       <c r="E128" t="s">
         <v>1</v>
       </c>
       <c r="DB128" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:109">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="129" spans="1:110">
       <c r="E129" t="s">
         <v>1</v>
       </c>
       <c r="DB129" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:109">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="130" spans="1:110">
       <c r="E130" t="s">
         <v>1</v>
       </c>
       <c r="DB130" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:109">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="131" spans="1:110">
       <c r="E131" t="s">
         <v>1</v>
       </c>
       <c r="DB131" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:109">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="132" spans="1:110">
       <c r="E132" t="s">
         <v>1</v>
       </c>
       <c r="DB132" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:109">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="133" spans="1:110">
       <c r="E133" t="s">
         <v>1</v>
       </c>
       <c r="DB133" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:109">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="134" spans="1:110">
       <c r="E134" t="s">
         <v>1</v>
       </c>
       <c r="DB134" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:109">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="135" spans="1:110">
       <c r="E135" t="s">
         <v>1</v>
       </c>
       <c r="DB135" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:109">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="136" spans="1:110">
       <c r="E136" t="s">
         <v>1</v>
       </c>
       <c r="DB136" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:109">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="137" spans="1:110">
       <c r="E137" t="s">
         <v>1</v>
       </c>
       <c r="DB137" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:109">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="138" spans="1:110">
       <c r="E138" t="s">
         <v>1</v>
       </c>
       <c r="DB138" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:109">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="139" spans="1:110">
       <c r="E139" t="s">
         <v>1</v>
       </c>
       <c r="DB139" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:109">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="140" spans="1:110">
       <c r="E140" t="s">
         <v>1</v>
       </c>
       <c r="DB140" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:109">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="141" spans="1:110">
       <c r="E141" t="s">
         <v>1</v>
       </c>
       <c r="DB141" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:109">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="142" spans="1:110">
       <c r="E142" t="s">
         <v>1</v>
       </c>
       <c r="DB142" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:109">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="143" spans="1:110">
       <c r="E143" t="s">
         <v>1</v>
       </c>
       <c r="DB143" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:109">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="144" spans="1:110">
       <c r="E144" t="s">
         <v>1</v>
       </c>
       <c r="DB144" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:109">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="145" spans="1:110">
       <c r="E145" t="s">
         <v>1</v>
       </c>
       <c r="DB145" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:109">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="146" spans="1:110">
       <c r="E146" t="s">
         <v>1</v>
       </c>
       <c r="DB146" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:109">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="147" spans="1:110">
       <c r="E147" t="s">
         <v>1</v>
       </c>
       <c r="DB147" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:109">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="148" spans="1:110">
       <c r="E148" t="s">
         <v>1</v>
       </c>
       <c r="DB148" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:109">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="149" spans="1:110">
       <c r="E149" t="s">
         <v>1</v>
       </c>
       <c r="DB149" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:109">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="150" spans="1:110">
       <c r="E150" t="s">
         <v>1</v>
       </c>
       <c r="DB150" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:109">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="151" spans="1:110">
       <c r="E151" t="s">
         <v>1</v>
       </c>
       <c r="DB151" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:109">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="152" spans="1:110">
       <c r="E152" t="s">
         <v>1</v>
       </c>
       <c r="DB152" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:109">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="153" spans="1:110">
       <c r="E153" t="s">
         <v>1</v>
       </c>
       <c r="DB153" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:109">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="154" spans="1:110">
       <c r="E154" t="s">
         <v>1</v>
       </c>
       <c r="DB154" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:109">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="155" spans="1:110">
       <c r="E155" t="s">
         <v>1</v>
       </c>
       <c r="DB155" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:109">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="156" spans="1:110">
       <c r="E156" t="s">
         <v>1</v>
       </c>
       <c r="DB156" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:109">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="157" spans="1:110">
       <c r="E157" t="s">
         <v>1</v>
       </c>
       <c r="DB157" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:109">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="158" spans="1:110">
       <c r="E158" t="s">
         <v>1</v>
       </c>
       <c r="DB158" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:109">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="159" spans="1:110">
       <c r="E159" t="s">
         <v>1</v>
       </c>
       <c r="DB159" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:109">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="160" spans="1:110">
       <c r="E160" t="s">
         <v>1</v>
       </c>
       <c r="DB160" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:109">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="161" spans="1:110">
       <c r="E161" t="s">
         <v>1</v>
       </c>
       <c r="DB161" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:109">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="162" spans="1:110">
       <c r="E162" t="s">
         <v>1</v>
       </c>
       <c r="DB162" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:109">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="163" spans="1:110">
       <c r="E163" t="s">
         <v>1</v>
       </c>
       <c r="DB163" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:109">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="164" spans="1:110">
       <c r="E164" t="s">
         <v>1</v>
       </c>
       <c r="DB164" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:109">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="165" spans="1:110">
       <c r="E165" t="s">
         <v>1</v>
       </c>
       <c r="DB165" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:109">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="166" spans="1:110">
       <c r="E166" t="s">
         <v>1</v>
       </c>
       <c r="DB166" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:109">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="167" spans="1:110">
       <c r="E167" t="s">
         <v>1</v>
       </c>
       <c r="DB167" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:109">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="168" spans="1:110">
       <c r="E168" t="s">
         <v>1</v>
       </c>
       <c r="DB168" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:109">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="169" spans="1:110">
       <c r="E169" t="s">
         <v>1</v>
       </c>
       <c r="DB169" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:109">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="170" spans="1:110">
       <c r="E170" t="s">
         <v>1</v>
       </c>
       <c r="DB170" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:109">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="171" spans="1:110">
       <c r="E171" t="s">
         <v>1</v>
       </c>
       <c r="DB171" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:109">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="172" spans="1:110">
       <c r="E172" t="s">
         <v>1</v>
       </c>
       <c r="DB172" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:109">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="173" spans="1:110">
       <c r="E173" t="s">
         <v>1</v>
       </c>
       <c r="DB173" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:109">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="174" spans="1:110">
       <c r="E174" t="s">
         <v>1</v>
       </c>
       <c r="DB174" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:109">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="175" spans="1:110">
       <c r="E175" t="s">
         <v>1</v>
       </c>
       <c r="DB175" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:109">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="176" spans="1:110">
       <c r="E176" t="s">
         <v>1</v>
       </c>
       <c r="DB176" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:109">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="177" spans="1:110">
       <c r="E177" t="s">
         <v>1</v>
       </c>
       <c r="DB177" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:109">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="178" spans="1:110">
       <c r="E178" t="s">
         <v>1</v>
       </c>
       <c r="DB178" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:109">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="179" spans="1:110">
       <c r="E179" t="s">
         <v>1</v>
       </c>
       <c r="DB179" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:109">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="180" spans="1:110">
       <c r="E180" t="s">
         <v>1</v>
       </c>
       <c r="DB180" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:109">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="181" spans="1:110">
       <c r="E181" t="s">
         <v>1</v>
       </c>
       <c r="DB181" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:109">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="182" spans="1:110">
       <c r="E182" t="s">
         <v>1</v>
       </c>
       <c r="DB182" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:109">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="183" spans="1:110">
       <c r="E183" t="s">
         <v>1</v>
       </c>
       <c r="DB183" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:109">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="184" spans="1:110">
       <c r="E184" t="s">
         <v>1</v>
       </c>
       <c r="DB184" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:109">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="185" spans="1:110">
       <c r="E185" t="s">
         <v>1</v>
       </c>
       <c r="DB185" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:109">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="186" spans="1:110">
       <c r="E186" t="s">
         <v>1</v>
       </c>
       <c r="DB186" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:109">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="187" spans="1:110">
       <c r="E187" t="s">
         <v>1</v>
       </c>
       <c r="DB187" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:109">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="188" spans="1:110">
       <c r="E188" t="s">
         <v>1</v>
       </c>
       <c r="DB188" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:109">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="189" spans="1:110">
       <c r="E189" t="s">
         <v>1</v>
       </c>
       <c r="DB189" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:109">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="190" spans="1:110">
       <c r="E190" t="s">
         <v>1</v>
       </c>
       <c r="DB190" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:109">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="191" spans="1:110">
       <c r="E191" t="s">
         <v>1</v>
       </c>
       <c r="DB191" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:109">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="192" spans="1:110">
       <c r="E192" t="s">
         <v>1</v>
       </c>
       <c r="DB192" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:109">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="193" spans="1:110">
       <c r="E193" t="s">
         <v>1</v>
       </c>
       <c r="DB193" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:109">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="194" spans="1:110">
       <c r="E194" t="s">
         <v>1</v>
       </c>
       <c r="DB194" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:109">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="195" spans="1:110">
       <c r="E195" t="s">
         <v>1</v>
       </c>
       <c r="DB195" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:109">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="196" spans="1:110">
       <c r="E196" t="s">
         <v>1</v>
       </c>
       <c r="DB196" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:109">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="197" spans="1:110">
       <c r="E197" t="s">
         <v>1</v>
       </c>
       <c r="DB197" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:109">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="198" spans="1:110">
       <c r="E198" t="s">
         <v>1</v>
       </c>
       <c r="DB198" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:109">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="199" spans="1:110">
       <c r="E199" t="s">
         <v>1</v>
       </c>
       <c r="DB199" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:109">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="200" spans="1:110">
       <c r="E200" t="s">
         <v>1</v>
       </c>
       <c r="DB200" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:109">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="201" spans="1:110">
       <c r="E201" t="s">
         <v>1</v>
       </c>
       <c r="DB201" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:109">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="202" spans="1:110">
       <c r="E202" t="s">
         <v>1</v>
       </c>
       <c r="DB202" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:109">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="203" spans="1:110">
       <c r="E203" t="s">
         <v>1</v>
       </c>
       <c r="DB203" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:109">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="204" spans="1:110">
       <c r="E204" t="s">
         <v>1</v>
       </c>
       <c r="DB204" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:109">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="205" spans="1:110">
       <c r="E205" t="s">
         <v>1</v>
       </c>
       <c r="DB205" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:109">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="206" spans="1:110">
       <c r="E206" t="s">
         <v>1</v>
       </c>
       <c r="DB206" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:109">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="207" spans="1:110">
       <c r="E207" t="s">
         <v>1</v>
       </c>
       <c r="DB207" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:109">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="208" spans="1:110">
       <c r="E208" t="s">
         <v>1</v>
       </c>
       <c r="DB208" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:109">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="209" spans="1:110">
       <c r="E209" t="s">
         <v>1</v>
       </c>
       <c r="DB209" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:109">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="210" spans="1:110">
       <c r="E210" t="s">
         <v>1</v>
       </c>
       <c r="DB210" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:109">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="211" spans="1:110">
       <c r="E211" t="s">
         <v>1</v>
       </c>
       <c r="DB211" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:109">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="212" spans="1:110">
       <c r="E212" t="s">
         <v>1</v>
       </c>
       <c r="DB212" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:109">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="213" spans="1:110">
       <c r="E213" t="s">
         <v>1</v>
       </c>
       <c r="DB213" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:109">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="214" spans="1:110">
       <c r="E214" t="s">
         <v>1</v>
       </c>
       <c r="DB214" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:109">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="215" spans="1:110">
       <c r="E215" t="s">
         <v>1</v>
       </c>
       <c r="DB215" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:109">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="216" spans="1:110">
       <c r="E216" t="s">
         <v>1</v>
       </c>
       <c r="DB216" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:109">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="217" spans="1:110">
       <c r="E217" t="s">
         <v>1</v>
       </c>
       <c r="DB217" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:109">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="218" spans="1:110">
       <c r="E218" t="s">
         <v>1</v>
       </c>
       <c r="DB218" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:109">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="219" spans="1:110">
       <c r="E219" t="s">
         <v>1</v>
       </c>
       <c r="DB219" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:109">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="220" spans="1:110">
       <c r="E220" t="s">
         <v>1</v>
       </c>
       <c r="DB220" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:109">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="221" spans="1:110">
       <c r="E221" t="s">
         <v>1</v>
       </c>
       <c r="DB221" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:109">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="222" spans="1:110">
       <c r="E222" t="s">
         <v>1</v>
       </c>
       <c r="DB222" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:109">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="223" spans="1:110">
       <c r="E223" t="s">
         <v>1</v>
       </c>
       <c r="DB223" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:109">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="224" spans="1:110">
       <c r="E224" t="s">
         <v>1</v>
       </c>
       <c r="DB224" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:109">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="225" spans="1:110">
       <c r="E225" t="s">
         <v>1</v>
       </c>
       <c r="DB225" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:109">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="226" spans="1:110">
       <c r="E226" t="s">
         <v>1</v>
       </c>
       <c r="DB226" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:109">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="227" spans="1:110">
       <c r="E227" t="s">
         <v>1</v>
       </c>
       <c r="DB227" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:109">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="228" spans="1:110">
       <c r="E228" t="s">
         <v>1</v>
       </c>
       <c r="DB228" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:109">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="229" spans="1:110">
       <c r="E229" t="s">
         <v>1</v>
       </c>
       <c r="DB229" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:109">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="230" spans="1:110">
       <c r="E230" t="s">
         <v>1</v>
       </c>
       <c r="DB230" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:109">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="231" spans="1:110">
       <c r="E231" t="s">
         <v>1</v>
       </c>
       <c r="DB231" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:109">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="232" spans="1:110">
       <c r="E232" t="s">
         <v>1</v>
       </c>
       <c r="DB232" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:109">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="233" spans="1:110">
       <c r="E233" t="s">
         <v>1</v>
       </c>
       <c r="DB233" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:109">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="234" spans="1:110">
       <c r="E234" t="s">
         <v>1</v>
       </c>
       <c r="DB234" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:109">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="235" spans="1:110">
       <c r="E235" t="s">
         <v>1</v>
       </c>
       <c r="DB235" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:109">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="236" spans="1:110">
       <c r="E236" t="s">
         <v>1</v>
       </c>
       <c r="DB236" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:109">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="237" spans="1:110">
       <c r="E237" t="s">
         <v>1</v>
       </c>
       <c r="DB237" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:109">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="238" spans="1:110">
       <c r="E238" t="s">
         <v>1</v>
       </c>
       <c r="DB238" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:109">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="239" spans="1:110">
       <c r="E239" t="s">
         <v>1</v>
       </c>
       <c r="DB239" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:109">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="240" spans="1:110">
       <c r="E240" t="s">
         <v>1</v>
       </c>
       <c r="DB240" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:109">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="241" spans="1:110">
       <c r="E241" t="s">
         <v>1</v>
       </c>
       <c r="DB241" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:109">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="242" spans="1:110">
       <c r="E242" t="s">
         <v>1</v>
       </c>
       <c r="DB242" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:109">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="243" spans="1:110">
       <c r="E243" t="s">
         <v>1</v>
       </c>
       <c r="DB243" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:109">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="244" spans="1:110">
       <c r="E244" t="s">
         <v>1</v>
       </c>
       <c r="DB244" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:109">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="245" spans="1:110">
       <c r="E245" t="s">
         <v>1</v>
       </c>
       <c r="DB245" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:109">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="246" spans="1:110">
       <c r="E246" t="s">
         <v>1</v>
       </c>
       <c r="DB246" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:109">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="247" spans="1:110">
       <c r="E247" t="s">
         <v>1</v>
       </c>
       <c r="DB247" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:109">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="248" spans="1:110">
       <c r="E248" t="s">
         <v>1</v>
       </c>
       <c r="DB248" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:109">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="249" spans="1:110">
       <c r="E249" t="s">
         <v>1</v>
       </c>
       <c r="DB249" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:109">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="250" spans="1:110">
       <c r="E250" t="s">
         <v>1</v>
       </c>
       <c r="DB250" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:109">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="251" spans="1:110">
       <c r="E251" t="s">
         <v>1</v>
       </c>
       <c r="DB251" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:109">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="252" spans="1:110">
       <c r="E252" t="s">
         <v>1</v>
       </c>
       <c r="DB252" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:109">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="253" spans="1:110">
       <c r="E253" t="s">
         <v>1</v>
       </c>
       <c r="DB253" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:109">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="254" spans="1:110">
       <c r="E254" t="s">
         <v>1</v>
       </c>
       <c r="DB254" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:109">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="255" spans="1:110">
       <c r="E255" t="s">
         <v>1</v>
       </c>
       <c r="DB255" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:109">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="256" spans="1:110">
       <c r="E256" t="s">
         <v>1</v>
       </c>
       <c r="DB256" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:109">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="257" spans="1:110">
       <c r="E257" t="s">
         <v>1</v>
       </c>
       <c r="DB257" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:109">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="258" spans="1:110">
       <c r="E258" t="s">
         <v>1</v>
       </c>
       <c r="DB258" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:109">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="259" spans="1:110">
       <c r="E259" t="s">
         <v>1</v>
       </c>
       <c r="DB259" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:109">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="260" spans="1:110">
       <c r="E260" t="s">
         <v>1</v>
       </c>
       <c r="DB260" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:109">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="261" spans="1:110">
       <c r="E261" t="s">
         <v>1</v>
       </c>
       <c r="DB261" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:109">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="262" spans="1:110">
       <c r="E262" t="s">
         <v>1</v>
       </c>
       <c r="DB262" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:109">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="263" spans="1:110">
       <c r="E263" t="s">
         <v>1</v>
       </c>
       <c r="DB263" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:109">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="264" spans="1:110">
       <c r="E264" t="s">
         <v>1</v>
       </c>
       <c r="DB264" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:109">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="265" spans="1:110">
       <c r="E265" t="s">
         <v>1</v>
       </c>
       <c r="DB265" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:109">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="266" spans="1:110">
       <c r="E266" t="s">
         <v>1</v>
       </c>
       <c r="DB266" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:109">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="267" spans="1:110">
       <c r="E267" t="s">
         <v>1</v>
       </c>
       <c r="DB267" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:109">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="268" spans="1:110">
       <c r="E268" t="s">
         <v>1</v>
       </c>
       <c r="DB268" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:109">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="269" spans="1:110">
       <c r="E269" t="s">
         <v>1</v>
       </c>
       <c r="DB269" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:109">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="270" spans="1:110">
       <c r="E270" t="s">
         <v>1</v>
       </c>
       <c r="DB270" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:109">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="271" spans="1:110">
       <c r="E271" t="s">
         <v>1</v>
       </c>
       <c r="DB271" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:109">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="272" spans="1:110">
       <c r="E272" t="s">
         <v>1</v>
       </c>
       <c r="DB272" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:109">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="273" spans="1:110">
       <c r="E273" t="s">
         <v>1</v>
       </c>
       <c r="DB273" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:109">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="274" spans="1:110">
       <c r="E274" t="s">
         <v>1</v>
       </c>
       <c r="DB274" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:109">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="275" spans="1:110">
       <c r="E275" t="s">
         <v>1</v>
       </c>
       <c r="DB275" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:109">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="276" spans="1:110">
       <c r="E276" t="s">
         <v>1</v>
       </c>
       <c r="DB276" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:109">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="277" spans="1:110">
       <c r="E277" t="s">
         <v>1</v>
       </c>
       <c r="DB277" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:109">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="278" spans="1:110">
       <c r="E278" t="s">
         <v>1</v>
       </c>
       <c r="DB278" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:109">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="279" spans="1:110">
       <c r="E279" t="s">
         <v>1</v>
       </c>
       <c r="DB279" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:109">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="280" spans="1:110">
       <c r="E280" t="s">
         <v>1</v>
       </c>
       <c r="DB280" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:109">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="281" spans="1:110">
       <c r="E281" t="s">
         <v>1</v>
       </c>
       <c r="DB281" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:109">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="282" spans="1:110">
       <c r="E282" t="s">
         <v>1</v>
       </c>
       <c r="DB282" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:109">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="283" spans="1:110">
       <c r="E283" t="s">
         <v>1</v>
       </c>
       <c r="DB283" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:109">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="284" spans="1:110">
       <c r="E284" t="s">
         <v>1</v>
       </c>
       <c r="DB284" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:109">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="285" spans="1:110">
       <c r="E285" t="s">
         <v>1</v>
       </c>
       <c r="DB285" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:109">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="286" spans="1:110">
       <c r="E286" t="s">
         <v>1</v>
       </c>
       <c r="DB286" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:109">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="287" spans="1:110">
       <c r="E287" t="s">
         <v>1</v>
       </c>
       <c r="DB287" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:109">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="288" spans="1:110">
       <c r="E288" t="s">
         <v>1</v>
       </c>
       <c r="DB288" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:109">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="289" spans="1:110">
       <c r="E289" t="s">
         <v>1</v>
       </c>
       <c r="DB289" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:109">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="290" spans="1:110">
       <c r="E290" t="s">
         <v>1</v>
       </c>
       <c r="DB290" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:109">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="291" spans="1:110">
       <c r="E291" t="s">
         <v>1</v>
       </c>
       <c r="DB291" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:109">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="292" spans="1:110">
       <c r="E292" t="s">
         <v>1</v>
       </c>
       <c r="DB292" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:109">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="293" spans="1:110">
       <c r="E293" t="s">
         <v>1</v>
       </c>
       <c r="DB293" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:109">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="294" spans="1:110">
       <c r="E294" t="s">
         <v>1</v>
       </c>
       <c r="DB294" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:109">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="295" spans="1:110">
       <c r="E295" t="s">
         <v>1</v>
       </c>
       <c r="DB295" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:109">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="296" spans="1:110">
       <c r="E296" t="s">
         <v>1</v>
       </c>
       <c r="DB296" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:109">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="297" spans="1:110">
       <c r="E297" t="s">
         <v>1</v>
       </c>
       <c r="DB297" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:109">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="298" spans="1:110">
       <c r="E298" t="s">
         <v>1</v>
       </c>
       <c r="DB298" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:109">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="299" spans="1:110">
       <c r="E299" t="s">
         <v>1</v>
       </c>
       <c r="DB299" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:109">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="300" spans="1:110">
       <c r="E300" t="s">
         <v>1</v>
       </c>
       <c r="DB300" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:109">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="301" spans="1:110">
       <c r="E301" t="s">
         <v>1</v>
       </c>
       <c r="DB301" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:109">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="302" spans="1:110">
       <c r="E302" t="s">
         <v>1</v>
       </c>
       <c r="DB302" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:109">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="303" spans="1:110">
       <c r="E303" t="s">
         <v>1</v>
       </c>
       <c r="DB303" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:109">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="304" spans="1:110">
       <c r="E304" t="s">
         <v>1</v>
       </c>
       <c r="DB304" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:109">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="305" spans="1:110">
       <c r="E305" t="s">
         <v>1</v>
       </c>
       <c r="DB305" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:109">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="306" spans="1:110">
       <c r="E306" t="s">
         <v>1</v>
       </c>
       <c r="DB306" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:109">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="307" spans="1:110">
       <c r="E307" t="s">
         <v>1</v>
       </c>
       <c r="DB307" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:109">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="308" spans="1:110">
       <c r="E308" t="s">
         <v>1</v>
       </c>
       <c r="DB308" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:109">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="309" spans="1:110">
       <c r="E309" t="s">
         <v>1</v>
       </c>
       <c r="DB309" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:109">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="310" spans="1:110">
       <c r="E310" t="s">
         <v>1</v>
       </c>
       <c r="DB310" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:109">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="311" spans="1:110">
       <c r="E311" t="s">
         <v>1</v>
       </c>
       <c r="DB311" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:109">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="312" spans="1:110">
       <c r="E312" t="s">
         <v>1</v>
       </c>
       <c r="DB312" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:109">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="313" spans="1:110">
       <c r="E313" t="s">
         <v>1</v>
       </c>
       <c r="DB313" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:109">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="314" spans="1:110">
       <c r="E314" t="s">
         <v>1</v>
       </c>
       <c r="DB314" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:109">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="315" spans="1:110">
       <c r="E315" t="s">
         <v>1</v>
       </c>
       <c r="DB315" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:109">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="316" spans="1:110">
       <c r="E316" t="s">
         <v>1</v>
       </c>
       <c r="DB316" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:109">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="317" spans="1:110">
       <c r="E317" t="s">
         <v>1</v>
       </c>
       <c r="DB317" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:109">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="318" spans="1:110">
       <c r="E318" t="s">
         <v>1</v>
       </c>
       <c r="DB318" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:109">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="319" spans="1:110">
       <c r="E319" t="s">
         <v>1</v>
       </c>
       <c r="DB319" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:109">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="320" spans="1:110">
       <c r="E320" t="s">
         <v>1</v>
       </c>
       <c r="DB320" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:109">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="321" spans="1:110">
       <c r="E321" t="s">
         <v>1</v>
       </c>
       <c r="DB321" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:109">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="322" spans="1:110">
       <c r="E322" t="s">
         <v>1</v>
       </c>
       <c r="DB322" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:109">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="323" spans="1:110">
       <c r="E323" t="s">
         <v>1</v>
       </c>
       <c r="DB323" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:109">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="324" spans="1:110">
       <c r="E324" t="s">
         <v>1</v>
       </c>
       <c r="DB324" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:109">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="325" spans="1:110">
       <c r="E325" t="s">
         <v>1</v>
       </c>
       <c r="DB325" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:109">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="326" spans="1:110">
       <c r="E326" t="s">
         <v>1</v>
       </c>
       <c r="DB326" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:109">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="327" spans="1:110">
       <c r="E327" t="s">
         <v>1</v>
       </c>
       <c r="DB327" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:109">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="328" spans="1:110">
       <c r="E328" t="s">
         <v>1</v>
       </c>
       <c r="DB328" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:109">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="329" spans="1:110">
       <c r="E329" t="s">
         <v>1</v>
       </c>
       <c r="DB329" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:109">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="330" spans="1:110">
       <c r="E330" t="s">
         <v>1</v>
       </c>
       <c r="DB330" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:109">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="331" spans="1:110">
       <c r="E331" t="s">
         <v>1</v>
       </c>
       <c r="DB331" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:109">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="332" spans="1:110">
       <c r="E332" t="s">
         <v>1</v>
       </c>
       <c r="DB332" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:109">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="333" spans="1:110">
       <c r="E333" t="s">
         <v>1</v>
       </c>
       <c r="DB333" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:109">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="334" spans="1:110">
       <c r="E334" t="s">
         <v>1</v>
       </c>
       <c r="DB334" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:109">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="335" spans="1:110">
       <c r="E335" t="s">
         <v>1</v>
       </c>
       <c r="DB335" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:109">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="336" spans="1:110">
       <c r="E336" t="s">
         <v>1</v>
       </c>
       <c r="DB336" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:109">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="337" spans="1:110">
       <c r="E337" t="s">
         <v>1</v>
       </c>
       <c r="DB337" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:109">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="338" spans="1:110">
       <c r="E338" t="s">
         <v>1</v>
       </c>
       <c r="DB338" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:109">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="339" spans="1:110">
       <c r="E339" t="s">
         <v>1</v>
       </c>
       <c r="DB339" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:109">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="340" spans="1:110">
       <c r="E340" t="s">
         <v>1</v>
       </c>
       <c r="DB340" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:109">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="341" spans="1:110">
       <c r="E341" t="s">
         <v>1</v>
       </c>
       <c r="DB341" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:109">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="342" spans="1:110">
       <c r="E342" t="s">
         <v>1</v>
       </c>
       <c r="DB342" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:109">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="343" spans="1:110">
       <c r="E343" t="s">
         <v>1</v>
       </c>
       <c r="DB343" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:109">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="344" spans="1:110">
       <c r="E344" t="s">
         <v>1</v>
       </c>
       <c r="DB344" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:109">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="345" spans="1:110">
       <c r="E345" t="s">
         <v>1</v>
       </c>
       <c r="DB345" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:109">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="346" spans="1:110">
       <c r="E346" t="s">
         <v>1</v>
       </c>
       <c r="DB346" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:109">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="347" spans="1:110">
       <c r="E347" t="s">
         <v>1</v>
       </c>
       <c r="DB347" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:109">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="348" spans="1:110">
       <c r="E348" t="s">
         <v>1</v>
       </c>
       <c r="DB348" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:109">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="349" spans="1:110">
       <c r="E349" t="s">
         <v>1</v>
       </c>
       <c r="DB349" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:109">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="350" spans="1:110">
       <c r="E350" t="s">
         <v>1</v>
       </c>
       <c r="DB350" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:109">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="351" spans="1:110">
       <c r="E351" t="s">
         <v>1</v>
       </c>
       <c r="DB351" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:109">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="352" spans="1:110">
       <c r="E352" t="s">
         <v>1</v>
       </c>
       <c r="DB352" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:109">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="353" spans="1:110">
       <c r="E353" t="s">
         <v>1</v>
       </c>
       <c r="DB353" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:109">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="354" spans="1:110">
       <c r="E354" t="s">
         <v>1</v>
       </c>
       <c r="DB354" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:109">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="355" spans="1:110">
       <c r="E355" t="s">
         <v>1</v>
       </c>
       <c r="DB355" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:109">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="356" spans="1:110">
       <c r="E356" t="s">
         <v>1</v>
       </c>
       <c r="DB356" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:109">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="357" spans="1:110">
       <c r="E357" t="s">
         <v>1</v>
       </c>
       <c r="DB357" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:109">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="358" spans="1:110">
       <c r="E358" t="s">
         <v>1</v>
       </c>
       <c r="DB358" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:109">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="359" spans="1:110">
       <c r="E359" t="s">
         <v>1</v>
       </c>
       <c r="DB359" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:109">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="360" spans="1:110">
       <c r="E360" t="s">
         <v>1</v>
       </c>
       <c r="DB360" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:109">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="361" spans="1:110">
       <c r="E361" t="s">
         <v>1</v>
       </c>
       <c r="DB361" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:109">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="362" spans="1:110">
       <c r="E362" t="s">
         <v>1</v>
       </c>
       <c r="DB362" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:109">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="363" spans="1:110">
       <c r="E363" t="s">
         <v>1</v>
       </c>
       <c r="DB363" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:109">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="364" spans="1:110">
       <c r="E364" t="s">
         <v>1</v>
       </c>
       <c r="DB364" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:109">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="365" spans="1:110">
       <c r="E365" t="s">
         <v>1</v>
       </c>
       <c r="DB365" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:109">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="366" spans="1:110">
       <c r="E366" t="s">
         <v>1</v>
       </c>
       <c r="DB366" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:109">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="367" spans="1:110">
       <c r="E367" t="s">
         <v>1</v>
       </c>
       <c r="DB367" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:109">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="368" spans="1:110">
       <c r="E368" t="s">
         <v>1</v>
       </c>
       <c r="DB368" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:109">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="369" spans="1:110">
       <c r="E369" t="s">
         <v>1</v>
       </c>
       <c r="DB369" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:109">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="370" spans="1:110">
       <c r="E370" t="s">
         <v>1</v>
       </c>
       <c r="DB370" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:109">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="371" spans="1:110">
       <c r="E371" t="s">
         <v>1</v>
       </c>
       <c r="DB371" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:109">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="372" spans="1:110">
       <c r="E372" t="s">
         <v>1</v>
       </c>
       <c r="DB372" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:109">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="373" spans="1:110">
       <c r="E373" t="s">
         <v>1</v>
       </c>
       <c r="DB373" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:109">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="374" spans="1:110">
       <c r="E374" t="s">
         <v>1</v>
       </c>
       <c r="DB374" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:109">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="375" spans="1:110">
       <c r="E375" t="s">
         <v>1</v>
       </c>
       <c r="DB375" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:109">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="376" spans="1:110">
       <c r="E376" t="s">
         <v>1</v>
       </c>
       <c r="DB376" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:109">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="377" spans="1:110">
       <c r="E377" t="s">
         <v>1</v>
       </c>
       <c r="DB377" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:109">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="378" spans="1:110">
       <c r="E378" t="s">
         <v>1</v>
       </c>
       <c r="DB378" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:109">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="379" spans="1:110">
       <c r="E379" t="s">
         <v>1</v>
       </c>
       <c r="DB379" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:109">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="380" spans="1:110">
       <c r="E380" t="s">
         <v>1</v>
       </c>
       <c r="DB380" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:109">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="381" spans="1:110">
       <c r="E381" t="s">
         <v>1</v>
       </c>
       <c r="DB381" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:109">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="382" spans="1:110">
       <c r="E382" t="s">
         <v>1</v>
       </c>
       <c r="DB382" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:109">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="383" spans="1:110">
       <c r="E383" t="s">
         <v>1</v>
       </c>
       <c r="DB383" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:109">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="384" spans="1:110">
       <c r="E384" t="s">
         <v>1</v>
       </c>
       <c r="DB384" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:109">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="385" spans="1:110">
       <c r="E385" t="s">
         <v>1</v>
       </c>
       <c r="DB385" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:109">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="386" spans="1:110">
       <c r="E386" t="s">
         <v>1</v>
       </c>
       <c r="DB386" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:109">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="387" spans="1:110">
       <c r="E387" t="s">
         <v>1</v>
       </c>
       <c r="DB387" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:109">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="388" spans="1:110">
       <c r="E388" t="s">
         <v>1</v>
       </c>
       <c r="DB388" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:109">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="389" spans="1:110">
       <c r="E389" t="s">
         <v>1</v>
       </c>
       <c r="DB389" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:109">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="390" spans="1:110">
       <c r="E390" t="s">
         <v>1</v>
       </c>
       <c r="DB390" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:109">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="391" spans="1:110">
       <c r="E391" t="s">
         <v>1</v>
       </c>
       <c r="DB391" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:109">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="392" spans="1:110">
       <c r="E392" t="s">
         <v>1</v>
       </c>
       <c r="DB392" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:109">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="393" spans="1:110">
       <c r="E393" t="s">
         <v>1</v>
       </c>
       <c r="DB393" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:109">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="394" spans="1:110">
       <c r="E394" t="s">
         <v>1</v>
       </c>
       <c r="DB394" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:109">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="395" spans="1:110">
       <c r="E395" t="s">
         <v>1</v>
       </c>
       <c r="DB395" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:109">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="396" spans="1:110">
       <c r="E396" t="s">
         <v>1</v>
       </c>
       <c r="DB396" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:109">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="397" spans="1:110">
       <c r="E397" t="s">
         <v>1</v>
       </c>
       <c r="DB397" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:109">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="398" spans="1:110">
       <c r="E398" t="s">
         <v>1</v>
       </c>
       <c r="DB398" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:109">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="399" spans="1:110">
       <c r="E399" t="s">
         <v>1</v>
       </c>
       <c r="DB399" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:109">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="400" spans="1:110">
       <c r="E400" t="s">
         <v>1</v>
       </c>
       <c r="DB400" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:109">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="401" spans="1:110">
       <c r="E401" t="s">
         <v>1</v>
       </c>
       <c r="DB401" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:109">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="402" spans="1:110">
       <c r="E402" t="s">
         <v>1</v>
       </c>
       <c r="DB402" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:109">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="403" spans="1:110">
       <c r="E403" t="s">
         <v>1</v>
       </c>
       <c r="DB403" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:109">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="404" spans="1:110">
       <c r="E404" t="s">
         <v>1</v>
       </c>
       <c r="DB404" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:109">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="405" spans="1:110">
       <c r="E405" t="s">
         <v>1</v>
       </c>
       <c r="DB405" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:109">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="406" spans="1:110">
       <c r="E406" t="s">
         <v>1</v>
       </c>
       <c r="DB406" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:109">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="407" spans="1:110">
       <c r="E407" t="s">
         <v>1</v>
       </c>
       <c r="DB407" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:109">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="408" spans="1:110">
       <c r="E408" t="s">
         <v>1</v>
       </c>
       <c r="DB408" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:109">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="409" spans="1:110">
       <c r="E409" t="s">
         <v>1</v>
       </c>
       <c r="DB409" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:109">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="410" spans="1:110">
       <c r="E410" t="s">
         <v>1</v>
       </c>
       <c r="DB410" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:109">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="411" spans="1:110">
       <c r="E411" t="s">
         <v>1</v>
       </c>
       <c r="DB411" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:109">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="412" spans="1:110">
       <c r="E412" t="s">
         <v>1</v>
       </c>
       <c r="DB412" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:109">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="413" spans="1:110">
       <c r="E413" t="s">
         <v>1</v>
       </c>
       <c r="DB413" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:109">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="414" spans="1:110">
       <c r="E414" t="s">
         <v>1</v>
       </c>
       <c r="DB414" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:109">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="415" spans="1:110">
       <c r="E415" t="s">
         <v>1</v>
       </c>
       <c r="DB415" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:109">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="416" spans="1:110">
       <c r="E416" t="s">
         <v>1</v>
       </c>
       <c r="DB416" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:109">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="417" spans="1:110">
       <c r="E417" t="s">
         <v>1</v>
       </c>
       <c r="DB417" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:109">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="418" spans="1:110">
       <c r="E418" t="s">
         <v>1</v>
       </c>
       <c r="DB418" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:109">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="419" spans="1:110">
       <c r="E419" t="s">
         <v>1</v>
       </c>
       <c r="DB419" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:109">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="420" spans="1:110">
       <c r="E420" t="s">
         <v>1</v>
       </c>
       <c r="DB420" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:109">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="421" spans="1:110">
       <c r="E421" t="s">
         <v>1</v>
       </c>
       <c r="DB421" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:109">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="422" spans="1:110">
       <c r="E422" t="s">
         <v>1</v>
       </c>
       <c r="DB422" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:109">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="423" spans="1:110">
       <c r="E423" t="s">
         <v>1</v>
       </c>
       <c r="DB423" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:109">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="424" spans="1:110">
       <c r="E424" t="s">
         <v>1</v>
       </c>
       <c r="DB424" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:109">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="425" spans="1:110">
       <c r="E425" t="s">
         <v>1</v>
       </c>
       <c r="DB425" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:109">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="426" spans="1:110">
       <c r="E426" t="s">
         <v>1</v>
       </c>
       <c r="DB426" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:109">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="427" spans="1:110">
       <c r="E427" t="s">
         <v>1</v>
       </c>
       <c r="DB427" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:109">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="428" spans="1:110">
       <c r="E428" t="s">
         <v>1</v>
       </c>
       <c r="DB428" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:109">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="429" spans="1:110">
       <c r="E429" t="s">
         <v>1</v>
       </c>
       <c r="DB429" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:109">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="430" spans="1:110">
       <c r="E430" t="s">
         <v>1</v>
       </c>
       <c r="DB430" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:109">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="431" spans="1:110">
       <c r="E431" t="s">
         <v>1</v>
       </c>
       <c r="DB431" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:109">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="432" spans="1:110">
       <c r="E432" t="s">
         <v>1</v>
       </c>
       <c r="DB432" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:109">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="433" spans="1:110">
       <c r="E433" t="s">
         <v>1</v>
       </c>
       <c r="DB433" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:109">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="434" spans="1:110">
       <c r="E434" t="s">
         <v>1</v>
       </c>
       <c r="DB434" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:109">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="435" spans="1:110">
       <c r="E435" t="s">
         <v>1</v>
       </c>
       <c r="DB435" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:109">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="436" spans="1:110">
       <c r="E436" t="s">
         <v>1</v>
       </c>
       <c r="DB436" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:109">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="437" spans="1:110">
       <c r="E437" t="s">
         <v>1</v>
       </c>
       <c r="DB437" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:109">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="438" spans="1:110">
       <c r="E438" t="s">
         <v>1</v>
       </c>
       <c r="DB438" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:109">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="439" spans="1:110">
       <c r="E439" t="s">
         <v>1</v>
       </c>
       <c r="DB439" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:109">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="440" spans="1:110">
       <c r="E440" t="s">
         <v>1</v>
       </c>
       <c r="DB440" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:109">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="441" spans="1:110">
       <c r="E441" t="s">
         <v>1</v>
       </c>
       <c r="DB441" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:109">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="442" spans="1:110">
       <c r="E442" t="s">
         <v>1</v>
       </c>
       <c r="DB442" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:109">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="443" spans="1:110">
       <c r="E443" t="s">
         <v>1</v>
       </c>
       <c r="DB443" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:109">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="444" spans="1:110">
       <c r="E444" t="s">
         <v>1</v>
       </c>
       <c r="DB444" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:109">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="445" spans="1:110">
       <c r="E445" t="s">
         <v>1</v>
       </c>
       <c r="DB445" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:109">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="446" spans="1:110">
       <c r="E446" t="s">
         <v>1</v>
       </c>
       <c r="DB446" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:109">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="447" spans="1:110">
       <c r="E447" t="s">
         <v>1</v>
       </c>
       <c r="DB447" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:109">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="448" spans="1:110">
       <c r="E448" t="s">
         <v>1</v>
       </c>
       <c r="DB448" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:109">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="449" spans="1:110">
       <c r="E449" t="s">
         <v>1</v>
       </c>
       <c r="DB449" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:109">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="450" spans="1:110">
       <c r="E450" t="s">
         <v>1</v>
       </c>
       <c r="DB450" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:109">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="451" spans="1:110">
       <c r="E451" t="s">
         <v>1</v>
       </c>
       <c r="DB451" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:109">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="452" spans="1:110">
       <c r="E452" t="s">
         <v>1</v>
       </c>
       <c r="DB452" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:109">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="453" spans="1:110">
       <c r="E453" t="s">
         <v>1</v>
       </c>
       <c r="DB453" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:109">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="454" spans="1:110">
       <c r="E454" t="s">
         <v>1</v>
       </c>
       <c r="DB454" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:109">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="455" spans="1:110">
       <c r="E455" t="s">
         <v>1</v>
       </c>
       <c r="DB455" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:109">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="456" spans="1:110">
       <c r="E456" t="s">
         <v>1</v>
       </c>
       <c r="DB456" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:109">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="457" spans="1:110">
       <c r="E457" t="s">
         <v>1</v>
       </c>
       <c r="DB457" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:109">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="458" spans="1:110">
       <c r="E458" t="s">
         <v>1</v>
       </c>
       <c r="DB458" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:109">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="459" spans="1:110">
       <c r="E459" t="s">
         <v>1</v>
       </c>
       <c r="DB459" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:109">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="460" spans="1:110">
       <c r="E460" t="s">
         <v>1</v>
       </c>
       <c r="DB460" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:109">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="461" spans="1:110">
       <c r="E461" t="s">
         <v>1</v>
       </c>
       <c r="DB461" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:109">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="462" spans="1:110">
       <c r="E462" t="s">
         <v>1</v>
       </c>
       <c r="DB462" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:109">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="463" spans="1:110">
       <c r="E463" t="s">
         <v>1</v>
       </c>
       <c r="DB463" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:109">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="464" spans="1:110">
       <c r="E464" t="s">
         <v>1</v>
       </c>
       <c r="DB464" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:109">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="465" spans="1:110">
       <c r="E465" t="s">
         <v>1</v>
       </c>
       <c r="DB465" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:109">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="466" spans="1:110">
       <c r="E466" t="s">
         <v>1</v>
       </c>
       <c r="DB466" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:109">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="467" spans="1:110">
       <c r="E467" t="s">
         <v>1</v>
       </c>
       <c r="DB467" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:109">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="468" spans="1:110">
       <c r="E468" t="s">
         <v>1</v>
       </c>
       <c r="DB468" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:109">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="469" spans="1:110">
       <c r="E469" t="s">
         <v>1</v>
       </c>
       <c r="DB469" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:109">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="470" spans="1:110">
       <c r="E470" t="s">
         <v>1</v>
       </c>
       <c r="DB470" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:109">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="471" spans="1:110">
       <c r="E471" t="s">
         <v>1</v>
       </c>
       <c r="DB471" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:109">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="472" spans="1:110">
       <c r="E472" t="s">
         <v>1</v>
       </c>
       <c r="DB472" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:109">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="473" spans="1:110">
       <c r="E473" t="s">
         <v>1</v>
       </c>
       <c r="DB473" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:109">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="474" spans="1:110">
       <c r="E474" t="s">
         <v>1</v>
       </c>
       <c r="DB474" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:109">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="475" spans="1:110">
       <c r="E475" t="s">
         <v>1</v>
       </c>
       <c r="DB475" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:109">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="476" spans="1:110">
       <c r="E476" t="s">
         <v>1</v>
       </c>
       <c r="DB476" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:109">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="477" spans="1:110">
       <c r="E477" t="s">
         <v>1</v>
       </c>
       <c r="DB477" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:109">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="478" spans="1:110">
       <c r="E478" t="s">
         <v>1</v>
       </c>
       <c r="DB478" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:109">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="479" spans="1:110">
       <c r="E479" t="s">
         <v>1</v>
       </c>
       <c r="DB479" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:109">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="480" spans="1:110">
       <c r="E480" t="s">
         <v>1</v>
       </c>
       <c r="DB480" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:109">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="481" spans="1:110">
       <c r="E481" t="s">
         <v>1</v>
       </c>
       <c r="DB481" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:109">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="482" spans="1:110">
       <c r="E482" t="s">
         <v>1</v>
       </c>
       <c r="DB482" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:109">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="483" spans="1:110">
       <c r="E483" t="s">
         <v>1</v>
       </c>
       <c r="DB483" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:109">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="484" spans="1:110">
       <c r="E484" t="s">
         <v>1</v>
       </c>
       <c r="DB484" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:109">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="485" spans="1:110">
       <c r="E485" t="s">
         <v>1</v>
       </c>
       <c r="DB485" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:109">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="486" spans="1:110">
       <c r="E486" t="s">
         <v>1</v>
       </c>
       <c r="DB486" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:109">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="487" spans="1:110">
       <c r="E487" t="s">
         <v>1</v>
       </c>
       <c r="DB487" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:109">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="488" spans="1:110">
       <c r="E488" t="s">
         <v>1</v>
       </c>
       <c r="DB488" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:109">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="489" spans="1:110">
       <c r="E489" t="s">
         <v>1</v>
       </c>
       <c r="DB489" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:109">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="490" spans="1:110">
       <c r="E490" t="s">
         <v>1</v>
       </c>
       <c r="DB490" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:109">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="491" spans="1:110">
       <c r="E491" t="s">
         <v>1</v>
       </c>
       <c r="DB491" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:109">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="492" spans="1:110">
       <c r="E492" t="s">
         <v>1</v>
       </c>
       <c r="DB492" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:109">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="493" spans="1:110">
       <c r="E493" t="s">
         <v>1</v>
       </c>
       <c r="DB493" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:109">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="494" spans="1:110">
       <c r="E494" t="s">
         <v>1</v>
       </c>
       <c r="DB494" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:109">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="495" spans="1:110">
       <c r="E495" t="s">
         <v>1</v>
       </c>
       <c r="DB495" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:109">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="496" spans="1:110">
       <c r="E496" t="s">
         <v>1</v>
       </c>
       <c r="DB496" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:109">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="497" spans="1:110">
       <c r="E497" t="s">
         <v>1</v>
       </c>
       <c r="DB497" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:109">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="498" spans="1:110">
       <c r="E498" t="s">
         <v>1</v>
       </c>
       <c r="DB498" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:109">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="499" spans="1:110">
       <c r="E499" t="s">
         <v>1</v>
       </c>
       <c r="DB499" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:109">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="500" spans="1:110">
       <c r="E500" t="s">
         <v>1</v>
       </c>
       <c r="DB500" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:109">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="501" spans="1:110">
       <c r="E501" t="s">
         <v>1</v>
       </c>
       <c r="DB501" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:109">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="502" spans="1:110">
       <c r="E502" t="s">
         <v>1</v>
       </c>
       <c r="DB502" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:109">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="503" spans="1:110">
       <c r="E503" t="s">
         <v>1</v>
       </c>
       <c r="DB503" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:109">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="504" spans="1:110">
       <c r="E504" t="s">
         <v>1</v>
       </c>
       <c r="DB504" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:109">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="505" spans="1:110">
       <c r="E505" t="s">
         <v>1</v>
       </c>
       <c r="DB505" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:109">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="506" spans="1:110">
       <c r="E506" t="s">
         <v>1</v>
       </c>
       <c r="DB506" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:109">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="507" spans="1:110">
       <c r="E507" t="s">
         <v>1</v>
       </c>
       <c r="DB507" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:109">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="508" spans="1:110">
       <c r="E508" t="s">
         <v>1</v>
       </c>
       <c r="DB508" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:109">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="509" spans="1:110">
       <c r="E509" t="s">
         <v>1</v>
       </c>
       <c r="DB509" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:109">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="510" spans="1:110">
       <c r="E510" t="s">
         <v>1</v>
       </c>
       <c r="DB510" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:109">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="511" spans="1:110">
       <c r="E511" t="s">
         <v>1</v>
       </c>
       <c r="DB511" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:109">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="512" spans="1:110">
       <c r="E512" t="s">
         <v>1</v>
       </c>
       <c r="DB512" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:109">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="513" spans="1:110">
       <c r="E513" t="s">
         <v>1</v>
       </c>
       <c r="DB513" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:109">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="514" spans="1:110">
       <c r="E514" t="s">
         <v>1</v>
       </c>
       <c r="DB514" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:109">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="515" spans="1:110">
       <c r="E515" t="s">
         <v>1</v>
       </c>
       <c r="DB515" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:109">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="516" spans="1:110">
       <c r="E516" t="s">
         <v>1</v>
       </c>
       <c r="DB516" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:109">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="517" spans="1:110">
       <c r="E517" t="s">
         <v>1</v>
       </c>
       <c r="DB517" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:109">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="518" spans="1:110">
       <c r="E518" t="s">
         <v>1</v>
       </c>
       <c r="DB518" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:109">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="519" spans="1:110">
       <c r="E519" t="s">
         <v>1</v>
       </c>
       <c r="DB519" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:109">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="520" spans="1:110">
       <c r="E520" t="s">
         <v>1</v>
       </c>
       <c r="DB520" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:109">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="521" spans="1:110">
       <c r="E521" t="s">
         <v>1</v>
       </c>
       <c r="DB521" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:109">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="522" spans="1:110">
       <c r="E522" t="s">
         <v>1</v>
       </c>
       <c r="DB522" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:109">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="523" spans="1:110">
       <c r="E523" t="s">
         <v>1</v>
       </c>
       <c r="DB523" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:109">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="524" spans="1:110">
       <c r="E524" t="s">
         <v>1</v>
       </c>
       <c r="DB524" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:109">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="525" spans="1:110">
       <c r="E525" t="s">
         <v>1</v>
       </c>
       <c r="DB525" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:109">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="526" spans="1:110">
       <c r="E526" t="s">
         <v>1</v>
       </c>
       <c r="DB526" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:109">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="527" spans="1:110">
       <c r="E527" t="s">
         <v>1</v>
       </c>
       <c r="DB527" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:109">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="528" spans="1:110">
       <c r="E528" t="s">
         <v>1</v>
       </c>
       <c r="DB528" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:109">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="529" spans="1:110">
       <c r="E529" t="s">
         <v>1</v>
       </c>
       <c r="DB529" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:109">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="530" spans="1:110">
       <c r="E530" t="s">
         <v>1</v>
       </c>
       <c r="DB530" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:109">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="531" spans="1:110">
       <c r="E531" t="s">
         <v>1</v>
       </c>
       <c r="DB531" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:109">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="532" spans="1:110">
       <c r="E532" t="s">
         <v>1</v>
       </c>
       <c r="DB532" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:109">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="533" spans="1:110">
       <c r="E533" t="s">
         <v>1</v>
       </c>
       <c r="DB533" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:109">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="534" spans="1:110">
       <c r="E534" t="s">
         <v>1</v>
       </c>
       <c r="DB534" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:109">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="535" spans="1:110">
       <c r="E535" t="s">
         <v>1</v>
       </c>
       <c r="DB535" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:109">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="536" spans="1:110">
       <c r="E536" t="s">
         <v>1</v>
       </c>
       <c r="DB536" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:109">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="537" spans="1:110">
       <c r="E537" t="s">
         <v>1</v>
       </c>
       <c r="DB537" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:109">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="538" spans="1:110">
       <c r="E538" t="s">
         <v>1</v>
       </c>
       <c r="DB538" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:109">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="539" spans="1:110">
       <c r="E539" t="s">
         <v>1</v>
       </c>
       <c r="DB539" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:109">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="540" spans="1:110">
       <c r="E540" t="s">
         <v>1</v>
       </c>
       <c r="DB540" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:109">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="541" spans="1:110">
       <c r="E541" t="s">
         <v>1</v>
       </c>
       <c r="DB541" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:109">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="542" spans="1:110">
       <c r="E542" t="s">
         <v>1</v>
       </c>
       <c r="DB542" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:109">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="543" spans="1:110">
       <c r="E543" t="s">
         <v>1</v>
       </c>
       <c r="DB543" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:109">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="544" spans="1:110">
       <c r="E544" t="s">
         <v>1</v>
       </c>
       <c r="DB544" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:109">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="545" spans="1:110">
       <c r="E545" t="s">
         <v>1</v>
       </c>
       <c r="DB545" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:109">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="546" spans="1:110">
       <c r="E546" t="s">
         <v>1</v>
       </c>
       <c r="DB546" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:109">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="547" spans="1:110">
       <c r="E547" t="s">
         <v>1</v>
       </c>
       <c r="DB547" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:109">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="548" spans="1:110">
       <c r="E548" t="s">
         <v>1</v>
       </c>
       <c r="DB548" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:109">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="549" spans="1:110">
       <c r="E549" t="s">
         <v>1</v>
       </c>
       <c r="DB549" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:109">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="550" spans="1:110">
       <c r="E550" t="s">
         <v>1</v>
       </c>
       <c r="DB550" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:109">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="551" spans="1:110">
       <c r="E551" t="s">
         <v>1</v>
       </c>
       <c r="DB551" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:109">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="552" spans="1:110">
       <c r="E552" t="s">
         <v>1</v>
       </c>
       <c r="DB552" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:109">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="553" spans="1:110">
       <c r="E553" t="s">
         <v>1</v>
       </c>
       <c r="DB553" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:109">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="554" spans="1:110">
       <c r="E554" t="s">
         <v>1</v>
       </c>
       <c r="DB554" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:109">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="555" spans="1:110">
       <c r="E555" t="s">
         <v>1</v>
       </c>
       <c r="DB555" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:109">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="556" spans="1:110">
       <c r="E556" t="s">
         <v>1</v>
       </c>
       <c r="DB556" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:109">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="557" spans="1:110">
       <c r="E557" t="s">
         <v>1</v>
       </c>
       <c r="DB557" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:109">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="558" spans="1:110">
       <c r="E558" t="s">
         <v>1</v>
       </c>
       <c r="DB558" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:109">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="559" spans="1:110">
       <c r="E559" t="s">
         <v>1</v>
       </c>
       <c r="DB559" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:109">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="560" spans="1:110">
       <c r="E560" t="s">
         <v>1</v>
       </c>
       <c r="DB560" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:109">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="561" spans="1:110">
       <c r="E561" t="s">
         <v>1</v>
       </c>
       <c r="DB561" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:109">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="562" spans="1:110">
       <c r="E562" t="s">
         <v>1</v>
       </c>
       <c r="DB562" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:109">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="563" spans="1:110">
       <c r="E563" t="s">
         <v>1</v>
       </c>
       <c r="DB563" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:109">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="564" spans="1:110">
       <c r="E564" t="s">
         <v>1</v>
       </c>
       <c r="DB564" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:109">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="565" spans="1:110">
       <c r="E565" t="s">
         <v>1</v>
       </c>
       <c r="DB565" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:109">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="566" spans="1:110">
       <c r="E566" t="s">
         <v>1</v>
       </c>
       <c r="DB566" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:109">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="567" spans="1:110">
       <c r="E567" t="s">
         <v>1</v>
       </c>
       <c r="DB567" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:109">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="568" spans="1:110">
       <c r="E568" t="s">
         <v>1</v>
       </c>
       <c r="DB568" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:109">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="569" spans="1:110">
       <c r="E569" t="s">
         <v>1</v>
       </c>
       <c r="DB569" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:109">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="570" spans="1:110">
       <c r="E570" t="s">
         <v>1</v>
       </c>
       <c r="DB570" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:109">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="571" spans="1:110">
       <c r="E571" t="s">
         <v>1</v>
       </c>
       <c r="DB571" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:109">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="572" spans="1:110">
       <c r="E572" t="s">
         <v>1</v>
       </c>
       <c r="DB572" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:109">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="573" spans="1:110">
       <c r="E573" t="s">
         <v>1</v>
       </c>
       <c r="DB573" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:109">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="574" spans="1:110">
       <c r="E574" t="s">
         <v>1</v>
       </c>
       <c r="DB574" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:109">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="575" spans="1:110">
       <c r="E575" t="s">
         <v>1</v>
       </c>
       <c r="DB575" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:109">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="576" spans="1:110">
       <c r="E576" t="s">
         <v>1</v>
       </c>
       <c r="DB576" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:109">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="577" spans="1:110">
       <c r="E577" t="s">
         <v>1</v>
       </c>
       <c r="DB577" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:109">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="578" spans="1:110">
       <c r="E578" t="s">
         <v>1</v>
       </c>
       <c r="DB578" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:109">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="579" spans="1:110">
       <c r="E579" t="s">
         <v>1</v>
       </c>
       <c r="DB579" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:109">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="580" spans="1:110">
       <c r="E580" t="s">
         <v>1</v>
       </c>
       <c r="DB580" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:109">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="581" spans="1:110">
       <c r="E581" t="s">
         <v>1</v>
       </c>
       <c r="DB581" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:109">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="582" spans="1:110">
       <c r="E582" t="s">
         <v>1</v>
       </c>
       <c r="DB582" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:109">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="583" spans="1:110">
       <c r="E583" t="s">
         <v>1</v>
       </c>
       <c r="DB583" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:109">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="584" spans="1:110">
       <c r="E584" t="s">
         <v>1</v>
       </c>
       <c r="DB584" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:109">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="585" spans="1:110">
       <c r="E585" t="s">
         <v>1</v>
       </c>
       <c r="DB585" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:109">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="586" spans="1:110">
       <c r="E586" t="s">
         <v>1</v>
       </c>
       <c r="DB586" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:109">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="587" spans="1:110">
       <c r="E587" t="s">
         <v>1</v>
       </c>
       <c r="DB587" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:109">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="588" spans="1:110">
       <c r="E588" t="s">
         <v>1</v>
       </c>
       <c r="DB588" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:109">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="589" spans="1:110">
       <c r="E589" t="s">
         <v>1</v>
       </c>
       <c r="DB589" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:109">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="590" spans="1:110">
       <c r="E590" t="s">
         <v>1</v>
       </c>
       <c r="DB590" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:109">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="591" spans="1:110">
       <c r="E591" t="s">
         <v>1</v>
       </c>
       <c r="DB591" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:109">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="592" spans="1:110">
       <c r="E592" t="s">
         <v>1</v>
       </c>
       <c r="DB592" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:109">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="593" spans="1:110">
       <c r="E593" t="s">
         <v>1</v>
       </c>
       <c r="DB593" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:109">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="594" spans="1:110">
       <c r="E594" t="s">
         <v>1</v>
       </c>
       <c r="DB594" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:109">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="595" spans="1:110">
       <c r="E595" t="s">
         <v>1</v>
       </c>
       <c r="DB595" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:109">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="596" spans="1:110">
       <c r="E596" t="s">
         <v>1</v>
       </c>
       <c r="DB596" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:109">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="597" spans="1:110">
       <c r="E597" t="s">
         <v>1</v>
       </c>
       <c r="DB597" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:109">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="598" spans="1:110">
       <c r="E598" t="s">
         <v>1</v>
       </c>
       <c r="DB598" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:109">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="599" spans="1:110">
       <c r="E599" t="s">
         <v>1</v>
       </c>
       <c r="DB599" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="600" spans="1:109">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="600" spans="1:110">
       <c r="E600" t="s">
         <v>1</v>
       </c>
       <c r="DB600" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:109">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="601" spans="1:110">
       <c r="E601" t="s">
         <v>1</v>
       </c>
       <c r="DB601" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-    <row r="602" spans="1:109">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="602" spans="1:110">
       <c r="E602" t="s">
         <v>1</v>
       </c>
       <c r="DB602" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:109">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="603" spans="1:110">
       <c r="E603" t="s">
         <v>1</v>
       </c>
       <c r="DB603" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:109">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="604" spans="1:110">
       <c r="E604" t="s">
         <v>1</v>
       </c>
       <c r="DB604" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:109">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="605" spans="1:110">
       <c r="E605" t="s">
         <v>1</v>
       </c>
       <c r="DB605" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:109">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="606" spans="1:110">
       <c r="E606" t="s">
         <v>1</v>
       </c>
       <c r="DB606" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:109">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="607" spans="1:110">
       <c r="E607" t="s">
         <v>1</v>
       </c>
       <c r="DB607" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-    <row r="608" spans="1:109">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="608" spans="1:110">
       <c r="E608" t="s">
         <v>1</v>
       </c>
       <c r="DB608" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:109">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="609" spans="1:110">
       <c r="E609" t="s">
         <v>1</v>
       </c>
       <c r="DB609" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:109">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="610" spans="1:110">
       <c r="E610" t="s">
         <v>1</v>
       </c>
       <c r="DB610" t="s">
-        <v>652</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:109">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="611" spans="1:110">
       <c r="E611" t="s">
         <v>1</v>
       </c>
       <c r="DB611" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:109">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="612" spans="1:110">
       <c r="E612" t="s">
         <v>1</v>
       </c>
       <c r="DB612" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:109">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="613" spans="1:110">
       <c r="E613" t="s">
         <v>1</v>
       </c>
       <c r="DB613" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:109">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="614" spans="1:110">
       <c r="E614" t="s">
         <v>1</v>
       </c>
       <c r="DB614" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:109">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="615" spans="1:110">
       <c r="E615" t="s">
         <v>1</v>
       </c>
       <c r="DB615" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:109">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="616" spans="1:110">
       <c r="E616" t="s">
         <v>1</v>
       </c>
       <c r="DB616" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:109">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="617" spans="1:110">
       <c r="E617" t="s">
         <v>1</v>
       </c>
       <c r="DB617" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:109">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="618" spans="1:110">
       <c r="E618" t="s">
         <v>1</v>
       </c>
       <c r="DB618" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:109">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="619" spans="1:110">
       <c r="E619" t="s">
         <v>1</v>
       </c>
       <c r="DB619" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:109">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="620" spans="1:110">
       <c r="E620" t="s">
         <v>1</v>
       </c>
       <c r="DB620" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-    <row r="621" spans="1:109">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="621" spans="1:110">
       <c r="E621" t="s">
         <v>1</v>
       </c>
       <c r="DB621" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:109">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="622" spans="1:110">
       <c r="E622" t="s">
         <v>1</v>
       </c>
       <c r="DB622" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:109">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="623" spans="1:110">
       <c r="E623" t="s">
         <v>1</v>
       </c>
       <c r="DB623" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:109">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="624" spans="1:110">
       <c r="E624" t="s">
         <v>1</v>
       </c>
       <c r="DB624" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:109">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="625" spans="1:110">
       <c r="E625" t="s">
         <v>1</v>
       </c>
       <c r="DB625" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:109">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="626" spans="1:110">
       <c r="E626" t="s">
         <v>1</v>
       </c>
       <c r="DB626" t="s">
-        <v>668</v>
-[...2 lines deleted...]
-    <row r="627" spans="1:109">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="627" spans="1:110">
       <c r="E627" t="s">
         <v>1</v>
       </c>
       <c r="DB627" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:109">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="628" spans="1:110">
       <c r="E628" t="s">
         <v>1</v>
       </c>
       <c r="DB628" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:109">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="629" spans="1:110">
       <c r="E629" t="s">
         <v>1</v>
       </c>
       <c r="DB629" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="630" spans="1:109">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="630" spans="1:110">
       <c r="E630" t="s">
         <v>1</v>
       </c>
       <c r="DB630" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:109">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="631" spans="1:110">
       <c r="E631" t="s">
         <v>1</v>
       </c>
       <c r="DB631" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:109">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="632" spans="1:110">
       <c r="E632" t="s">
         <v>1</v>
       </c>
       <c r="DB632" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:109">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="633" spans="1:110">
       <c r="E633" t="s">
         <v>1</v>
       </c>
       <c r="DB633" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="634" spans="1:109">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="634" spans="1:110">
       <c r="E634" t="s">
         <v>1</v>
       </c>
       <c r="DB634" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:109">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="635" spans="1:110">
       <c r="E635" t="s">
         <v>1</v>
       </c>
       <c r="DB635" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:109">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="636" spans="1:110">
       <c r="E636" t="s">
         <v>1</v>
       </c>
       <c r="DB636" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-    <row r="637" spans="1:109">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="637" spans="1:110">
       <c r="E637" t="s">
         <v>1</v>
       </c>
       <c r="DB637" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:109">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="638" spans="1:110">
       <c r="E638" t="s">
         <v>1</v>
       </c>
       <c r="DB638" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:109">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="639" spans="1:110">
       <c r="E639" t="s">
         <v>1</v>
       </c>
       <c r="DB639" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-    <row r="640" spans="1:109">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="640" spans="1:110">
       <c r="E640" t="s">
         <v>1</v>
       </c>
       <c r="DB640" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:109">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="641" spans="1:110">
       <c r="E641" t="s">
         <v>1</v>
       </c>
       <c r="DB641" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:109">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="642" spans="1:110">
       <c r="E642" t="s">
         <v>1</v>
       </c>
       <c r="DB642" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:109">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="643" spans="1:110">
       <c r="E643" t="s">
         <v>1</v>
       </c>
       <c r="DB643" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:109">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="644" spans="1:110">
       <c r="E644" t="s">
         <v>1</v>
       </c>
       <c r="DB644" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:109">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="645" spans="1:110">
       <c r="E645" t="s">
         <v>1</v>
       </c>
       <c r="DB645" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:109">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="646" spans="1:110">
       <c r="E646" t="s">
         <v>1</v>
       </c>
       <c r="DB646" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:109">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="647" spans="1:110">
       <c r="E647" t="s">
         <v>1</v>
       </c>
       <c r="DB647" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:109">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="648" spans="1:110">
       <c r="E648" t="s">
         <v>1</v>
       </c>
       <c r="DB648" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:109">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="649" spans="1:110">
       <c r="E649" t="s">
         <v>1</v>
       </c>
       <c r="DB649" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:109">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="650" spans="1:110">
       <c r="E650" t="s">
         <v>1</v>
       </c>
       <c r="DB650" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:109">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="651" spans="1:110">
       <c r="E651" t="s">
         <v>1</v>
       </c>
       <c r="DB651" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:109">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="652" spans="1:110">
       <c r="E652" t="s">
         <v>1</v>
       </c>
       <c r="DB652" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:109">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="653" spans="1:110">
       <c r="E653" t="s">
         <v>1</v>
       </c>
       <c r="DB653" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:109">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="654" spans="1:110">
       <c r="E654" t="s">
         <v>1</v>
       </c>
       <c r="DB654" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:109">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="655" spans="1:110">
       <c r="E655" t="s">
         <v>1</v>
       </c>
       <c r="DB655" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:109">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="656" spans="1:110">
       <c r="E656" t="s">
         <v>1</v>
       </c>
       <c r="DB656" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="657" spans="1:109">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="657" spans="1:110">
       <c r="E657" t="s">
         <v>1</v>
       </c>
       <c r="DB657" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:109">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="658" spans="1:110">
       <c r="E658" t="s">
         <v>1</v>
       </c>
       <c r="DB658" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:109">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="659" spans="1:110">
       <c r="E659" t="s">
         <v>1</v>
       </c>
       <c r="DB659" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-    <row r="660" spans="1:109">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="660" spans="1:110">
       <c r="E660" t="s">
         <v>1</v>
       </c>
       <c r="DB660" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:109">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="661" spans="1:110">
       <c r="E661" t="s">
         <v>1</v>
       </c>
       <c r="DB661" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:109">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="662" spans="1:110">
       <c r="E662" t="s">
         <v>1</v>
       </c>
       <c r="DB662" t="s">
-        <v>704</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:109">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="663" spans="1:110">
       <c r="E663" t="s">
         <v>1</v>
       </c>
       <c r="DB663" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:109">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="664" spans="1:110">
       <c r="E664" t="s">
         <v>1</v>
       </c>
       <c r="DB664" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:109">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="665" spans="1:110">
       <c r="E665" t="s">
         <v>1</v>
       </c>
       <c r="DB665" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:109">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="666" spans="1:110">
       <c r="E666" t="s">
         <v>1</v>
       </c>
       <c r="DB666" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:109">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="667" spans="1:110">
       <c r="E667" t="s">
         <v>1</v>
       </c>
       <c r="DB667" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:109">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="668" spans="1:110">
       <c r="E668" t="s">
         <v>1</v>
       </c>
       <c r="DB668" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:109">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="669" spans="1:110">
       <c r="E669" t="s">
         <v>1</v>
       </c>
       <c r="DB669" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:109">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="670" spans="1:110">
       <c r="E670" t="s">
         <v>1</v>
       </c>
       <c r="DB670" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:109">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="671" spans="1:110">
       <c r="E671" t="s">
         <v>1</v>
       </c>
       <c r="DB671" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:109">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="672" spans="1:110">
       <c r="E672" t="s">
         <v>1</v>
       </c>
       <c r="DB672" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:109">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="673" spans="1:110">
       <c r="E673" t="s">
         <v>1</v>
       </c>
       <c r="DB673" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:109">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="674" spans="1:110">
       <c r="E674" t="s">
         <v>1</v>
       </c>
       <c r="DB674" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:109">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="675" spans="1:110">
       <c r="E675" t="s">
         <v>1</v>
       </c>
       <c r="DB675" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:109">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="676" spans="1:110">
       <c r="E676" t="s">
         <v>1</v>
       </c>
       <c r="DB676" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-    <row r="677" spans="1:109">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="677" spans="1:110">
       <c r="E677" t="s">
         <v>1</v>
       </c>
       <c r="DB677" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-    <row r="678" spans="1:109">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="678" spans="1:110">
       <c r="E678" t="s">
         <v>1</v>
       </c>
       <c r="DB678" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-    <row r="679" spans="1:109">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="679" spans="1:110">
       <c r="E679" t="s">
         <v>1</v>
       </c>
       <c r="DB679" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:109">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="680" spans="1:110">
       <c r="E680" t="s">
         <v>1</v>
       </c>
       <c r="DB680" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-    <row r="681" spans="1:109">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="681" spans="1:110">
       <c r="E681" t="s">
         <v>1</v>
       </c>
       <c r="DB681" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-    <row r="682" spans="1:109">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="682" spans="1:110">
       <c r="E682" t="s">
         <v>1</v>
       </c>
       <c r="DB682" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:109">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="683" spans="1:110">
       <c r="E683" t="s">
         <v>1</v>
       </c>
       <c r="DB683" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:109">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="684" spans="1:110">
       <c r="E684" t="s">
         <v>1</v>
       </c>
       <c r="DB684" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:109">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="685" spans="1:110">
       <c r="E685" t="s">
         <v>1</v>
       </c>
       <c r="DB685" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:109">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="686" spans="1:110">
       <c r="E686" t="s">
         <v>1</v>
       </c>
       <c r="DB686" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:109">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="687" spans="1:110">
       <c r="E687" t="s">
         <v>1</v>
       </c>
       <c r="DB687" t="s">
-        <v>728</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:109">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="688" spans="1:110">
       <c r="E688" t="s">
         <v>1</v>
       </c>
       <c r="DB688" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:109">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="689" spans="1:110">
       <c r="E689" t="s">
         <v>1</v>
       </c>
       <c r="DB689" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:109">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="690" spans="1:110">
       <c r="E690" t="s">
         <v>1</v>
       </c>
       <c r="DB690" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:109">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="691" spans="1:110">
       <c r="E691" t="s">
         <v>1</v>
       </c>
       <c r="DB691" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:109">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="692" spans="1:110">
       <c r="E692" t="s">
         <v>1</v>
       </c>
       <c r="DB692" t="s">
-        <v>733</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:109">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="693" spans="1:110">
       <c r="E693" t="s">
         <v>1</v>
       </c>
       <c r="DB693" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-    <row r="694" spans="1:109">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="694" spans="1:110">
       <c r="E694" t="s">
         <v>1</v>
       </c>
       <c r="DB694" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:109">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="695" spans="1:110">
       <c r="E695" t="s">
         <v>1</v>
       </c>
       <c r="DB695" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:109">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="696" spans="1:110">
       <c r="E696" t="s">
         <v>1</v>
       </c>
       <c r="DB696" t="s">
-        <v>737</v>
-[...2 lines deleted...]
-    <row r="697" spans="1:109">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="697" spans="1:110">
       <c r="E697" t="s">
         <v>1</v>
       </c>
       <c r="DB697" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-    <row r="698" spans="1:109">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="698" spans="1:110">
       <c r="E698" t="s">
         <v>1</v>
       </c>
       <c r="DB698" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-    <row r="699" spans="1:109">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="699" spans="1:110">
       <c r="E699" t="s">
         <v>1</v>
       </c>
       <c r="DB699" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:109">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="700" spans="1:110">
       <c r="E700" t="s">
         <v>1</v>
       </c>
       <c r="DB700" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:109">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="701" spans="1:110">
       <c r="E701" t="s">
         <v>1</v>
       </c>
       <c r="DB701" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:109">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="702" spans="1:110">
       <c r="E702" t="s">
         <v>1</v>
       </c>
       <c r="DB702" t="s">
-        <v>743</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:109">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="703" spans="1:110">
       <c r="E703" t="s">
         <v>1</v>
       </c>
       <c r="DB703" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:109">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="704" spans="1:110">
       <c r="E704" t="s">
         <v>1</v>
       </c>
       <c r="DB704" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:109">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="705" spans="1:110">
       <c r="E705" t="s">
         <v>1</v>
       </c>
       <c r="DB705" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:109">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="706" spans="1:110">
       <c r="E706" t="s">
         <v>1</v>
       </c>
       <c r="DB706" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-    <row r="707" spans="1:109">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="707" spans="1:110">
       <c r="E707" t="s">
         <v>1</v>
       </c>
       <c r="DB707" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-    <row r="708" spans="1:109">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="708" spans="1:110">
       <c r="E708" t="s">
         <v>1</v>
       </c>
       <c r="DB708" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="709" spans="1:109">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="709" spans="1:110">
       <c r="E709" t="s">
         <v>1</v>
       </c>
       <c r="DB709" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:109">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="710" spans="1:110">
       <c r="E710" t="s">
         <v>1</v>
       </c>
       <c r="DB710" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:109">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="711" spans="1:110">
       <c r="E711" t="s">
         <v>1</v>
       </c>
       <c r="DB711" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:109">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="712" spans="1:110">
       <c r="E712" t="s">
         <v>1</v>
       </c>
       <c r="DB712" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:109">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="713" spans="1:110">
       <c r="E713" t="s">
         <v>1</v>
       </c>
       <c r="DB713" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:109">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="714" spans="1:110">
       <c r="E714" t="s">
         <v>1</v>
       </c>
       <c r="DB714" t="s">
-        <v>755</v>
-[...2 lines deleted...]
-    <row r="715" spans="1:109">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="715" spans="1:110">
       <c r="E715" t="s">
         <v>1</v>
       </c>
       <c r="DB715" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-    <row r="716" spans="1:109">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="716" spans="1:110">
       <c r="E716" t="s">
         <v>1</v>
       </c>
       <c r="DB716" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="717" spans="1:109">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="717" spans="1:110">
       <c r="E717" t="s">
         <v>1</v>
       </c>
       <c r="DB717" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:109">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="718" spans="1:110">
       <c r="E718" t="s">
         <v>1</v>
       </c>
       <c r="DB718" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:109">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="719" spans="1:110">
       <c r="E719" t="s">
         <v>1</v>
       </c>
       <c r="DB719" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:109">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="720" spans="1:110">
       <c r="E720" t="s">
         <v>1</v>
       </c>
       <c r="DB720" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-    <row r="721" spans="1:109">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="721" spans="1:110">
       <c r="E721" t="s">
         <v>1</v>
       </c>
       <c r="DB721" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-    <row r="722" spans="1:109">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="722" spans="1:110">
       <c r="E722" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="723" spans="1:109">
+      <c r="DB722" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="723" spans="1:110">
       <c r="E723" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="724" spans="1:109">
+      <c r="DB723" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="724" spans="1:110">
       <c r="E724" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="725" spans="1:109">
+      <c r="DB724" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="725" spans="1:110">
       <c r="E725" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="726" spans="1:109">
+      <c r="DB725" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="726" spans="1:110">
       <c r="E726" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="727" spans="1:109">
+      <c r="DB726" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="727" spans="1:110">
       <c r="E727" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="728" spans="1:109">
+    <row r="728" spans="1:110">
       <c r="E728" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="729" spans="1:109">
+    <row r="729" spans="1:110">
       <c r="E729" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="730" spans="1:109">
+    <row r="730" spans="1:110">
       <c r="E730" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="731" spans="1:109">
+    <row r="731" spans="1:110">
       <c r="E731" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="732" spans="1:109">
+    <row r="732" spans="1:110">
       <c r="E732" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="733" spans="1:109">
+    <row r="733" spans="1:110">
       <c r="E733" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="734" spans="1:109">
+    <row r="734" spans="1:110">
       <c r="E734" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="735" spans="1:109">
+    <row r="735" spans="1:110">
       <c r="E735" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="736" spans="1:109">
+    <row r="736" spans="1:110">
       <c r="E736" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="737" spans="1:109">
+    <row r="737" spans="1:110">
       <c r="E737" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="738" spans="1:109">
+    <row r="738" spans="1:110">
       <c r="E738" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="739" spans="1:109">
+    <row r="739" spans="1:110">
       <c r="E739" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="740" spans="1:109">
+    <row r="740" spans="1:110">
       <c r="E740" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="741" spans="1:109">
+    <row r="741" spans="1:110">
       <c r="E741" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="742" spans="1:109">
+    <row r="742" spans="1:110">
       <c r="E742" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="743" spans="1:109">
+    <row r="743" spans="1:110">
       <c r="E743" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="744" spans="1:109">
+    <row r="744" spans="1:110">
       <c r="E744" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="745" spans="1:109">
+    <row r="745" spans="1:110">
       <c r="E745" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="746" spans="1:109">
+    <row r="746" spans="1:110">
       <c r="E746" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="747" spans="1:109">
+    <row r="747" spans="1:110">
       <c r="E747" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="748" spans="1:109">
+    <row r="748" spans="1:110">
       <c r="E748" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="749" spans="1:109">
+    <row r="749" spans="1:110">
       <c r="E749" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="750" spans="1:109">
+    <row r="750" spans="1:110">
       <c r="E750" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="751" spans="1:109">
+    <row r="751" spans="1:110">
       <c r="E751" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="752" spans="1:109">
+    <row r="752" spans="1:110">
       <c r="E752" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="753" spans="1:109">
+    <row r="753" spans="1:110">
       <c r="E753" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="754" spans="1:109">
+    <row r="754" spans="1:110">
       <c r="E754" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="755" spans="1:109">
+    <row r="755" spans="1:110">
       <c r="E755" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="756" spans="1:109">
+    <row r="756" spans="1:110">
       <c r="E756" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="757" spans="1:109">
+    <row r="757" spans="1:110">
       <c r="E757" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="758" spans="1:109">
+    <row r="758" spans="1:110">
       <c r="E758" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="759" spans="1:109">
+    <row r="759" spans="1:110">
       <c r="E759" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="760" spans="1:109">
+    <row r="760" spans="1:110">
       <c r="E760" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="761" spans="1:109">
+    <row r="761" spans="1:110">
       <c r="E761" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="762" spans="1:109">
+    <row r="762" spans="1:110">
       <c r="E762" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="763" spans="1:109">
+    <row r="763" spans="1:110">
       <c r="E763" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="764" spans="1:109">
+    <row r="764" spans="1:110">
       <c r="E764" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="765" spans="1:109">
+    <row r="765" spans="1:110">
       <c r="E765" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="766" spans="1:109">
+    <row r="766" spans="1:110">
       <c r="E766" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="767" spans="1:109">
+    <row r="767" spans="1:110">
       <c r="E767" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="768" spans="1:109">
+    <row r="768" spans="1:110">
       <c r="E768" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="769" spans="1:109">
+    <row r="769" spans="1:110">
       <c r="E769" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="770" spans="1:109">
+    <row r="770" spans="1:110">
       <c r="E770" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="771" spans="1:109">
+    <row r="771" spans="1:110">
       <c r="E771" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="772" spans="1:109">
+    <row r="772" spans="1:110">
       <c r="E772" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="773" spans="1:109">
+    <row r="773" spans="1:110">
       <c r="E773" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="774" spans="1:109">
+    <row r="774" spans="1:110">
       <c r="E774" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="775" spans="1:109">
+    <row r="775" spans="1:110">
       <c r="E775" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="776" spans="1:109">
+    <row r="776" spans="1:110">
       <c r="E776" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="777" spans="1:109">
+    <row r="777" spans="1:110">
       <c r="E777" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="778" spans="1:109">
+    <row r="778" spans="1:110">
       <c r="E778" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="779" spans="1:109">
+    <row r="779" spans="1:110">
       <c r="E779" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="780" spans="1:109">
+    <row r="780" spans="1:110">
       <c r="E780" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="781" spans="1:109">
+    <row r="781" spans="1:110">
       <c r="E781" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="782" spans="1:109">
+    <row r="782" spans="1:110">
       <c r="E782" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="783" spans="1:109">
+    <row r="783" spans="1:110">
       <c r="E783" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="784" spans="1:109">
+    <row r="784" spans="1:110">
       <c r="E784" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="785" spans="1:109">
+    <row r="785" spans="1:110">
       <c r="E785" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="786" spans="1:109">
+    <row r="786" spans="1:110">
       <c r="E786" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="787" spans="1:109">
+    <row r="787" spans="1:110">
       <c r="E787" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="788" spans="1:109">
+    <row r="788" spans="1:110">
       <c r="E788" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="789" spans="1:109">
+    <row r="789" spans="1:110">
       <c r="E789" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="790" spans="1:109">
+    <row r="790" spans="1:110">
       <c r="E790" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="791" spans="1:109">
+    <row r="791" spans="1:110">
       <c r="E791" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="792" spans="1:109">
+    <row r="792" spans="1:110">
       <c r="E792" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="793" spans="1:109">
+    <row r="793" spans="1:110">
       <c r="E793" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="794" spans="1:109">
+    <row r="794" spans="1:110">
       <c r="E794" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="795" spans="1:109">
+    <row r="795" spans="1:110">
       <c r="E795" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="796" spans="1:109">
+    <row r="796" spans="1:110">
       <c r="E796" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="797" spans="1:109">
+    <row r="797" spans="1:110">
       <c r="E797" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="798" spans="1:109">
+    <row r="798" spans="1:110">
       <c r="E798" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="799" spans="1:109">
+    <row r="799" spans="1:110">
       <c r="E799" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="800" spans="1:109">
+    <row r="800" spans="1:110">
       <c r="E800" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="801" spans="1:109">
+    <row r="801" spans="1:110">
       <c r="E801" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="802" spans="1:109">
+    <row r="802" spans="1:110">
       <c r="E802" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="803" spans="1:109">
+    <row r="803" spans="1:110">
       <c r="E803" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="804" spans="1:109">
+    <row r="804" spans="1:110">
       <c r="E804" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="805" spans="1:109">
+    <row r="805" spans="1:110">
       <c r="E805" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="806" spans="1:109">
+    <row r="806" spans="1:110">
       <c r="E806" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="807" spans="1:109">
+    <row r="807" spans="1:110">
       <c r="E807" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="808" spans="1:109">
+    <row r="808" spans="1:110">
       <c r="E808" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="809" spans="1:109">
+    <row r="809" spans="1:110">
       <c r="E809" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="810" spans="1:109">
+    <row r="810" spans="1:110">
       <c r="E810" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="811" spans="1:109">
+    <row r="811" spans="1:110">
       <c r="E811" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="812" spans="1:109">
+    <row r="812" spans="1:110">
       <c r="E812" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="813" spans="1:109">
+    <row r="813" spans="1:110">
       <c r="E813" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="814" spans="1:109">
+    <row r="814" spans="1:110">
       <c r="E814" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="815" spans="1:109">
+    <row r="815" spans="1:110">
       <c r="E815" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="816" spans="1:109">
+    <row r="816" spans="1:110">
       <c r="E816" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="817" spans="1:109">
+    <row r="817" spans="1:110">
       <c r="E817" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="818" spans="1:109">
+    <row r="818" spans="1:110">
       <c r="E818" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="819" spans="1:109">
+    <row r="819" spans="1:110">
       <c r="E819" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="820" spans="1:109">
+    <row r="820" spans="1:110">
       <c r="E820" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="821" spans="1:109">
+    <row r="821" spans="1:110">
       <c r="E821" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="822" spans="1:109">
+    <row r="822" spans="1:110">
       <c r="E822" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="823" spans="1:109">
+    <row r="823" spans="1:110">
       <c r="E823" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="824" spans="1:109">
+    <row r="824" spans="1:110">
       <c r="E824" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="825" spans="1:109">
+    <row r="825" spans="1:110">
       <c r="E825" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="826" spans="1:109">
+    <row r="826" spans="1:110">
       <c r="E826" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="827" spans="1:109">
+    <row r="827" spans="1:110">
       <c r="E827" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="828" spans="1:109">
+    <row r="828" spans="1:110">
       <c r="E828" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="829" spans="1:109">
+    <row r="829" spans="1:110">
       <c r="E829" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="830" spans="1:109">
+    <row r="830" spans="1:110">
       <c r="E830" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="831" spans="1:109">
+    <row r="831" spans="1:110">
       <c r="E831" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="832" spans="1:109">
+    <row r="832" spans="1:110">
       <c r="E832" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="833" spans="1:109">
+    <row r="833" spans="1:110">
       <c r="E833" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="834" spans="1:109">
+    <row r="834" spans="1:110">
       <c r="E834" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="835" spans="1:109">
+    <row r="835" spans="1:110">
       <c r="E835" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="836" spans="1:109">
+    <row r="836" spans="1:110">
       <c r="E836" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="837" spans="1:109">
+    <row r="837" spans="1:110">
       <c r="E837" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="838" spans="1:109">
+    <row r="838" spans="1:110">
       <c r="E838" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="839" spans="1:109">
+    <row r="839" spans="1:110">
       <c r="E839" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="840" spans="1:109">
+    <row r="840" spans="1:110">
       <c r="E840" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="841" spans="1:109">
+    <row r="841" spans="1:110">
       <c r="E841" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="842" spans="1:109">
+    <row r="842" spans="1:110">
       <c r="E842" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="843" spans="1:109">
+    <row r="843" spans="1:110">
       <c r="E843" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="844" spans="1:109">
+    <row r="844" spans="1:110">
       <c r="E844" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="845" spans="1:109">
+    <row r="845" spans="1:110">
       <c r="E845" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="846" spans="1:109">
+    <row r="846" spans="1:110">
       <c r="E846" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="847" spans="1:109">
+    <row r="847" spans="1:110">
       <c r="E847" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="848" spans="1:109">
+    <row r="848" spans="1:110">
       <c r="E848" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="849" spans="1:109">
+    <row r="849" spans="1:110">
       <c r="E849" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="850" spans="1:109">
+    <row r="850" spans="1:110">
       <c r="E850" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="851" spans="1:109">
+    <row r="851" spans="1:110">
       <c r="E851" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="852" spans="1:109">
+    <row r="852" spans="1:110">
       <c r="E852" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="853" spans="1:109">
+    <row r="853" spans="1:110">
       <c r="E853" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="854" spans="1:109">
+    <row r="854" spans="1:110">
       <c r="E854" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="855" spans="1:109">
+    <row r="855" spans="1:110">
       <c r="E855" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="856" spans="1:109">
+    <row r="856" spans="1:110">
       <c r="E856" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="857" spans="1:109">
+    <row r="857" spans="1:110">
       <c r="E857" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="858" spans="1:109">
+    <row r="858" spans="1:110">
       <c r="E858" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="859" spans="1:109">
+    <row r="859" spans="1:110">
       <c r="E859" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="860" spans="1:109">
+    <row r="860" spans="1:110">
       <c r="E860" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="861" spans="1:109">
+    <row r="861" spans="1:110">
       <c r="E861" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="862" spans="1:109">
+    <row r="862" spans="1:110">
       <c r="E862" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="863" spans="1:109">
+    <row r="863" spans="1:110">
       <c r="E863" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="864" spans="1:109">
+    <row r="864" spans="1:110">
       <c r="E864" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="865" spans="1:109">
+    <row r="865" spans="1:110">
       <c r="E865" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="866" spans="1:109">
+    <row r="866" spans="1:110">
       <c r="E866" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="867" spans="1:109">
+    <row r="867" spans="1:110">
       <c r="E867" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="868" spans="1:109">
+    <row r="868" spans="1:110">
       <c r="E868" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="869" spans="1:109">
+    <row r="869" spans="1:110">
       <c r="E869" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="870" spans="1:109">
+    <row r="870" spans="1:110">
       <c r="E870" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="871" spans="1:109">
+    <row r="871" spans="1:110">
       <c r="E871" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="872" spans="1:109">
+    <row r="872" spans="1:110">
       <c r="E872" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="873" spans="1:109">
+    <row r="873" spans="1:110">
       <c r="E873" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="874" spans="1:109">
+    <row r="874" spans="1:110">
       <c r="E874" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="875" spans="1:109">
+    <row r="875" spans="1:110">
       <c r="E875" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="876" spans="1:109">
+    <row r="876" spans="1:110">
       <c r="E876" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="877" spans="1:109">
+    <row r="877" spans="1:110">
       <c r="E877" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="878" spans="1:109">
+    <row r="878" spans="1:110">
       <c r="E878" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="879" spans="1:109">
+    <row r="879" spans="1:110">
       <c r="E879" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="880" spans="1:109">
+    <row r="880" spans="1:110">
       <c r="E880" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="881" spans="1:109">
+    <row r="881" spans="1:110">
       <c r="E881" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="882" spans="1:109">
+    <row r="882" spans="1:110">
       <c r="E882" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="883" spans="1:109">
+    <row r="883" spans="1:110">
       <c r="E883" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="884" spans="1:109">
+    <row r="884" spans="1:110">
       <c r="E884" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="885" spans="1:109">
+    <row r="885" spans="1:110">
       <c r="E885" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="886" spans="1:109">
+    <row r="886" spans="1:110">
       <c r="E886" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="887" spans="1:109">
+    <row r="887" spans="1:110">
       <c r="E887" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="888" spans="1:109">
+    <row r="888" spans="1:110">
       <c r="E888" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="889" spans="1:109">
+    <row r="889" spans="1:110">
       <c r="E889" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="890" spans="1:109">
+    <row r="890" spans="1:110">
       <c r="E890" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="891" spans="1:109">
+    <row r="891" spans="1:110">
       <c r="E891" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="892" spans="1:109">
+    <row r="892" spans="1:110">
       <c r="E892" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="893" spans="1:109">
+    <row r="893" spans="1:110">
       <c r="E893" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="894" spans="1:109">
+    <row r="894" spans="1:110">
       <c r="E894" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="895" spans="1:109">
+    <row r="895" spans="1:110">
       <c r="E895" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="896" spans="1:109">
+    <row r="896" spans="1:110">
       <c r="E896" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="897" spans="1:109">
+    <row r="897" spans="1:110">
       <c r="E897" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="898" spans="1:109">
+    <row r="898" spans="1:110">
       <c r="E898" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="899" spans="1:109">
+    <row r="899" spans="1:110">
       <c r="E899" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="900" spans="1:109">
+    <row r="900" spans="1:110">
       <c r="E900" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="901" spans="1:109">
+    <row r="901" spans="1:110">
       <c r="E901" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="902" spans="1:109">
+    <row r="902" spans="1:110">
       <c r="E902" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="903" spans="1:109">
+    <row r="903" spans="1:110">
       <c r="E903" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="904" spans="1:109">
+    <row r="904" spans="1:110">
       <c r="E904" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="905" spans="1:109">
+    <row r="905" spans="1:110">
       <c r="E905" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="906" spans="1:109">
+    <row r="906" spans="1:110">
       <c r="E906" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="907" spans="1:109">
+    <row r="907" spans="1:110">
       <c r="E907" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="908" spans="1:109">
+    <row r="908" spans="1:110">
       <c r="E908" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="909" spans="1:109">
+    <row r="909" spans="1:110">
       <c r="E909" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="910" spans="1:109">
+    <row r="910" spans="1:110">
       <c r="E910" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="911" spans="1:109">
+    <row r="911" spans="1:110">
       <c r="E911" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="912" spans="1:109">
+    <row r="912" spans="1:110">
       <c r="E912" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="913" spans="1:109">
+    <row r="913" spans="1:110">
       <c r="E913" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="914" spans="1:109">
+    <row r="914" spans="1:110">
       <c r="E914" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="915" spans="1:109">
+    <row r="915" spans="1:110">
       <c r="E915" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="916" spans="1:109">
+    <row r="916" spans="1:110">
       <c r="E916" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="917" spans="1:109">
+    <row r="917" spans="1:110">
       <c r="E917" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="918" spans="1:109">
+    <row r="918" spans="1:110">
       <c r="E918" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="919" spans="1:109">
+    <row r="919" spans="1:110">
       <c r="E919" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="920" spans="1:109">
+    <row r="920" spans="1:110">
       <c r="E920" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="921" spans="1:109">
+    <row r="921" spans="1:110">
       <c r="E921" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="922" spans="1:109">
+    <row r="922" spans="1:110">
       <c r="E922" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="923" spans="1:109">
+    <row r="923" spans="1:110">
       <c r="E923" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="924" spans="1:109">
+    <row r="924" spans="1:110">
       <c r="E924" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="925" spans="1:109">
+    <row r="925" spans="1:110">
       <c r="E925" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="926" spans="1:109">
+    <row r="926" spans="1:110">
       <c r="E926" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="927" spans="1:109">
+    <row r="927" spans="1:110">
       <c r="E927" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="928" spans="1:109">
+    <row r="928" spans="1:110">
       <c r="E928" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="929" spans="1:109">
+    <row r="929" spans="1:110">
       <c r="E929" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="930" spans="1:109">
+    <row r="930" spans="1:110">
       <c r="E930" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="931" spans="1:109">
+    <row r="931" spans="1:110">
       <c r="E931" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="932" spans="1:109">
+    <row r="932" spans="1:110">
       <c r="E932" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="933" spans="1:109">
+    <row r="933" spans="1:110">
       <c r="E933" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="934" spans="1:109">
+    <row r="934" spans="1:110">
       <c r="E934" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="935" spans="1:109">
+    <row r="935" spans="1:110">
       <c r="E935" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="936" spans="1:109">
+    <row r="936" spans="1:110">
       <c r="E936" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="937" spans="1:109">
+    <row r="937" spans="1:110">
       <c r="E937" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="938" spans="1:109">
+    <row r="938" spans="1:110">
       <c r="E938" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="939" spans="1:109">
+    <row r="939" spans="1:110">
       <c r="E939" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="940" spans="1:109">
+    <row r="940" spans="1:110">
       <c r="E940" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="941" spans="1:109">
+    <row r="941" spans="1:110">
       <c r="E941" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="942" spans="1:109">
+    <row r="942" spans="1:110">
       <c r="E942" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="943" spans="1:109">
+    <row r="943" spans="1:110">
       <c r="E943" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="944" spans="1:109">
+    <row r="944" spans="1:110">
       <c r="E944" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="945" spans="1:109">
+    <row r="945" spans="1:110">
       <c r="E945" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="946" spans="1:109">
+    <row r="946" spans="1:110">
       <c r="E946" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="947" spans="1:109">
+    <row r="947" spans="1:110">
       <c r="E947" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="948" spans="1:109">
+    <row r="948" spans="1:110">
       <c r="E948" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="949" spans="1:109">
+    <row r="949" spans="1:110">
       <c r="E949" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="950" spans="1:109">
+    <row r="950" spans="1:110">
       <c r="E950" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="951" spans="1:109">
+    <row r="951" spans="1:110">
       <c r="E951" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="952" spans="1:109">
+    <row r="952" spans="1:110">
       <c r="E952" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="953" spans="1:109">
+    <row r="953" spans="1:110">
       <c r="E953" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="954" spans="1:109">
+    <row r="954" spans="1:110">
       <c r="E954" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="955" spans="1:109">
+    <row r="955" spans="1:110">
       <c r="E955" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="956" spans="1:109">
+    <row r="956" spans="1:110">
       <c r="E956" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="957" spans="1:109">
+    <row r="957" spans="1:110">
       <c r="E957" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="958" spans="1:109">
+    <row r="958" spans="1:110">
       <c r="E958" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="959" spans="1:109">
+    <row r="959" spans="1:110">
       <c r="E959" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="960" spans="1:109">
+    <row r="960" spans="1:110">
       <c r="E960" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="961" spans="1:109">
+    <row r="961" spans="1:110">
       <c r="E961" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="962" spans="1:109">
+    <row r="962" spans="1:110">
       <c r="E962" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="963" spans="1:109">
+    <row r="963" spans="1:110">
       <c r="E963" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="964" spans="1:109">
+    <row r="964" spans="1:110">
       <c r="E964" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="965" spans="1:109">
+    <row r="965" spans="1:110">
       <c r="E965" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="966" spans="1:109">
+    <row r="966" spans="1:110">
       <c r="E966" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="967" spans="1:109">
+    <row r="967" spans="1:110">
       <c r="E967" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="968" spans="1:109">
+    <row r="968" spans="1:110">
       <c r="E968" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="969" spans="1:109">
+    <row r="969" spans="1:110">
       <c r="E969" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="970" spans="1:109">
+    <row r="970" spans="1:110">
       <c r="E970" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="971" spans="1:109">
+    <row r="971" spans="1:110">
       <c r="E971" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="972" spans="1:109">
+    <row r="972" spans="1:110">
       <c r="E972" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="973" spans="1:109">
+    <row r="973" spans="1:110">
       <c r="E973" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="974" spans="1:109">
+    <row r="974" spans="1:110">
       <c r="E974" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="975" spans="1:109">
+    <row r="975" spans="1:110">
       <c r="E975" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="976" spans="1:109">
+    <row r="976" spans="1:110">
       <c r="E976" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="977" spans="1:109">
+    <row r="977" spans="1:110">
       <c r="E977" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="978" spans="1:109">
+    <row r="978" spans="1:110">
       <c r="E978" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="979" spans="1:109">
+    <row r="979" spans="1:110">
       <c r="E979" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="980" spans="1:109">
+    <row r="980" spans="1:110">
       <c r="E980" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="981" spans="1:109">
+    <row r="981" spans="1:110">
       <c r="E981" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="982" spans="1:109">
+    <row r="982" spans="1:110">
       <c r="E982" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="983" spans="1:109">
+    <row r="983" spans="1:110">
       <c r="E983" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="984" spans="1:109">
+    <row r="984" spans="1:110">
       <c r="E984" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="985" spans="1:109">
+    <row r="985" spans="1:110">
       <c r="E985" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="986" spans="1:109">
+    <row r="986" spans="1:110">
       <c r="E986" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="987" spans="1:109">
+    <row r="987" spans="1:110">
       <c r="E987" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="988" spans="1:109">
+    <row r="988" spans="1:110">
       <c r="E988" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="989" spans="1:109">
+    <row r="989" spans="1:110">
       <c r="E989" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="990" spans="1:109">
+    <row r="990" spans="1:110">
       <c r="E990" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="991" spans="1:109">
+    <row r="991" spans="1:110">
       <c r="E991" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="992" spans="1:109">
+    <row r="992" spans="1:110">
       <c r="E992" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="993" spans="1:109">
+    <row r="993" spans="1:110">
       <c r="E993" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="994" spans="1:109">
+    <row r="994" spans="1:110">
       <c r="E994" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="995" spans="1:109">
+    <row r="995" spans="1:110">
       <c r="E995" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="996" spans="1:109">
+    <row r="996" spans="1:110">
       <c r="E996" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="997" spans="1:109">
+    <row r="997" spans="1:110">
       <c r="E997" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="998" spans="1:109">
+    <row r="998" spans="1:110">
       <c r="E998" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="999" spans="1:109">
+    <row r="999" spans="1:110">
       <c r="E999" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="1000" spans="1:109">
+    <row r="1000" spans="1:110">
       <c r="E1000" t="s">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="11">
+  <dataValidations count="12">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
       <formula1>'Worksheet'!$DA$1:$DA$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$721</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$726</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
-      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
+      <formula1>'Worksheet'!$DE$1:$DE$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
-      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
+      <formula1>'Worksheet'!$DF$1:$DF$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
-      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
+      <formula1>'Worksheet'!$DF$1:$DF$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
-      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
+      <formula1>'Worksheet'!$DF$1:$DF$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
-      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
+      <formula1>'Worksheet'!$DF$1:$DF$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
-      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
+      <formula1>'Worksheet'!$DF$1:$DF$7</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
-      <formula1>'Worksheet'!$DE$1:$DE$7</formula1>
+      <formula1>'Worksheet'!$DF$1:$DF$7</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="Q5:Q1000">
+      <formula1>'Worksheet'!$DF$1:$DF$7</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>