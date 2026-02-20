--- v0 (2025-11-06)
+++ v1 (2026-02-20)
@@ -92,105 +92,105 @@
   <si>
     <t>Child (6-17 years)</t>
   </si>
   <si>
     <t>Session Pass (valid for ONLY 1 Session)</t>
   </si>
   <si>
     <t>Event Registration - SPECTATOR PASS - 2026 Boxing Canada Cup</t>
   </si>
   <si>
     <t>Student (with valid school ID)</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Individual Email</t>
   </si>
   <si>
     <t>Email Opt In</t>
   </si>
   <si>
-    <t>Club you are representing or the athlete you are watching is from</t>
+    <t>Club you are representing or the club of the athlete you are watching is from</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>SPECTATOR PASS #1</t>
   </si>
   <si>
     <t>SPECTATOR PASS #2</t>
   </si>
   <si>
     <t>SPECTATOR PASS #3</t>
   </si>
   <si>
     <t>SPECTATOR PASS #4</t>
   </si>
   <si>
     <t>SPECTATOR PASS #5</t>
   </si>
   <si>
     <t>SPECTATOR PASS #6</t>
   </si>
   <si>
     <t>SPECTATOR PASS #7</t>
   </si>
   <si>
     <t>SPECTATOR PASS #8</t>
   </si>
   <si>
     <t>VIP Seat (All Event)</t>
   </si>
   <si>
-    <t>VIP Seat (MORNING session March 18 ONLY)</t>
+    <t>VIP Seat (1 pm - 4 pm March 18 ONLY)</t>
   </si>
   <si>
-    <t>VIP Seat (AFTERNOON session March 18 ONLY)</t>
+    <t>VIP Seat (6 pm - 9 pm March 18 ONLY)</t>
   </si>
   <si>
-    <t>VIP Seat (MORNING session March 19 ONLY)</t>
+    <t>VIP Seat (1 pm - 4 pm March 19 ONLY)</t>
   </si>
   <si>
-    <t>VIP Seat (AFTERNOON session March 19 ONLY)</t>
+    <t>VIP Seat (6 pm - 9 pm March 19 ONLY)</t>
   </si>
   <si>
-    <t>VIP Seat (MORNING session March 20 ONLY)</t>
+    <t>VIP Seat (1 pm - 4 pm March 20 ONLY)</t>
   </si>
   <si>
-    <t>VIP Seat (AFTERNOON session March 20 ONLY)</t>
+    <t>VIP Seat (6 pm - 9 pm March 20 ONLY)</t>
   </si>
   <si>
-    <t>VIP Seat (MORNING session March 21 ONLY)</t>
+    <t>VIP Seat (1 pm - 4 pm March 21 ONLY)</t>
   </si>
   <si>
-    <t>VIP Seat (AFTERNOON session March 21 ONLY)</t>
+    <t>VIP Seat (6 pm - 9 pm March 21 ONLY)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -541,54 +541,54 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:DC1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="4" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="77" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="91" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="107" max="107" width="50" bestFit="true" customWidth="true" style="0"/>
+    <col min="107" max="107" width="47" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:107" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
       <c r="DC1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:107" hidden="true" collapsed="true" outlineLevel="1">