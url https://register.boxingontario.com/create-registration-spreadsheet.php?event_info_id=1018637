--- v0 (2025-11-06)
+++ v1 (2025-12-29)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="783">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="788">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>13th Round Fight for Life</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Glove/Head Gear  Consierge</t>
   </si>
   <si>
     <t>March 16, 2026 - 8:00 am - 12:00 pm</t>
   </si>
   <si>
     <t>1018637:typeValue:102</t>
   </si>
   <si>
     <t>1018637:typeValue:103</t>
   </si>
   <si>
@@ -245,50 +245,53 @@
   <si>
     <t>Ring Take Down</t>
   </si>
   <si>
     <t>March 20, 2026 - 5:00 pm - 9:00 pm</t>
   </si>
   <si>
     <t>Abomb Boxing</t>
   </si>
   <si>
     <t>Registration</t>
   </si>
   <si>
     <t>March 21, 2026 - 1:00 pm - 4:00 pm</t>
   </si>
   <si>
     <t>Academie Boxe Frontenac</t>
   </si>
   <si>
     <t>March 21, 2026 - 5:00 pm - 9:00 pm</t>
   </si>
   <si>
     <t>Academie d'Arts Martiaux de Matane</t>
   </si>
   <si>
+    <t>Academie de boxe Atlas</t>
+  </si>
+  <si>
     <t>Academie de boxe BSL</t>
   </si>
   <si>
     <t>Academie de boxe le Pugiliste</t>
   </si>
   <si>
     <t>Academie de boxe le Ring</t>
   </si>
   <si>
     <t>Academie de boxe olympique KO-96</t>
   </si>
   <si>
     <t>Academie de boxe Val Belair</t>
   </si>
   <si>
     <t>Academie de Kung-Fu et de Kick-Boxing Rive-Sud</t>
   </si>
   <si>
     <t>Academie Fighter's Pride</t>
   </si>
   <si>
     <t>Academie Impak</t>
   </si>
   <si>
     <t>Academie Martial</t>
@@ -314,59 +317,65 @@
   <si>
     <t>Ajax Boxing Club</t>
   </si>
   <si>
     <t>AK Boxing &amp; World Fitness</t>
   </si>
   <si>
     <t>Albion Boxing Club</t>
   </si>
   <si>
     <t>Alexander Boxing</t>
   </si>
   <si>
     <t>Ali Combat Club</t>
   </si>
   <si>
     <t>All Canadian Boxing</t>
   </si>
   <si>
     <t>All For One Boxing Club</t>
   </si>
   <si>
     <t>Alliance Boxing Club</t>
   </si>
   <si>
+    <t>Alliance Boxing Club SASKATOON (ABC S)</t>
+  </si>
+  <si>
     <t>Amazing Fitness</t>
   </si>
   <si>
     <t>Ambitions boxing club</t>
   </si>
   <si>
     <t>Ambush Boxing Club</t>
   </si>
   <si>
+    <t>Amoring Boxing Club</t>
+  </si>
+  <si>
     <t>Amplified Athletics Inc. (AMPLIFIED ATHLETICS)</t>
   </si>
   <si>
     <t>ANIMO BOXING &amp; MMA</t>
   </si>
   <si>
     <t>Apex Combatives</t>
   </si>
   <si>
     <t>Arts Martiaux Apex</t>
   </si>
   <si>
     <t>Arts Martiaux Evolution</t>
   </si>
   <si>
     <t>Ashukian's Academy of Boxing</t>
   </si>
   <si>
     <t>Athena's Den</t>
   </si>
   <si>
     <t>Atlas Boxing Club</t>
   </si>
   <si>
     <t>Avenue Boxing Club</t>
@@ -470,162 +479,168 @@
   <si>
     <t>Bluewater Boxing Club</t>
   </si>
   <si>
     <t>Body By Chosen</t>
   </si>
   <si>
     <t>Body by Dex Studio</t>
   </si>
   <si>
     <t>Body Head</t>
   </si>
   <si>
     <t>Bolton Boxing</t>
   </si>
   <si>
     <t>Boomerz Boxing</t>
   </si>
   <si>
     <t>Border City Boxing</t>
   </si>
   <si>
     <t>Bowmont Boxing Club</t>
   </si>
   <si>
-    <t>BOX 117 (117)</t>
+    <t>Box 117</t>
   </si>
   <si>
     <t>Box and Lift</t>
   </si>
   <si>
-    <t>BOX117 (117)</t>
-[...1 lines deleted...]
-  <si>
     <t>BOX2FIT</t>
   </si>
   <si>
     <t>Boxe 376</t>
   </si>
   <si>
     <t>Boxe 3HB</t>
   </si>
   <si>
     <t>Boxe Elite Gatineau</t>
   </si>
   <si>
     <t>Boxe Fit</t>
   </si>
   <si>
     <t>Boxe Matthew Carrier inc.</t>
   </si>
   <si>
     <t>Boxe Pit Bull</t>
   </si>
   <si>
     <t>Boxe Rimouski</t>
   </si>
   <si>
     <t>Boxe St-Emile</t>
   </si>
   <si>
+    <t>Boxe Temis</t>
+  </si>
+  <si>
     <t>Boxemontreal.com</t>
   </si>
   <si>
     <t>Boxing Without Barriers</t>
   </si>
   <si>
     <t>Bramalea Boxing Club</t>
   </si>
   <si>
     <t>Brampton Boxing</t>
   </si>
   <si>
     <t>Brampton Boxing Gym</t>
   </si>
   <si>
+    <t>Brandon Fitness Combat Academy</t>
+  </si>
+  <si>
     <t>Brantford Black Eye</t>
   </si>
   <si>
     <t>Brantford Blackeye Boxing Club</t>
   </si>
   <si>
+    <t>Brave Boxing Club</t>
+  </si>
+  <si>
     <t>Brave Boxing</t>
   </si>
   <si>
-    <t>Brickhouse</t>
+    <t>Brickhouse 24/7</t>
   </si>
   <si>
     <t>Budo Canada</t>
   </si>
   <si>
     <t>Built By Mack</t>
   </si>
   <si>
     <t>Bull Training</t>
   </si>
   <si>
     <t>Bulldog Boxing &amp; MMA Academy</t>
   </si>
   <si>
     <t>Bulldog Boxing Academy</t>
   </si>
   <si>
     <t>Bulldog Boxing Club</t>
   </si>
   <si>
     <t>Bulldogs Fitness &amp; Boxing Centre</t>
   </si>
   <si>
     <t>Burlington Training Centre</t>
   </si>
   <si>
     <t>Bushido Boxing</t>
   </si>
   <si>
     <t>C.O.A.D.E.S. Boxing</t>
   </si>
   <si>
     <t>C4 Delgado</t>
   </si>
   <si>
     <t>C4 MMA &amp; Fitness/TW Boxing</t>
   </si>
   <si>
     <t>Cabbagetown Boxing Club</t>
   </si>
   <si>
     <t>Caged Dragon Boxing</t>
   </si>
   <si>
     <t>Calgary Boxing Club</t>
   </si>
   <si>
     <t>Campbellton Boxing Club</t>
   </si>
   <si>
-    <t>Canadian Fighting Center</t>
+    <t>Canadian Fighting Centre</t>
   </si>
   <si>
     <t>Cardio-Boxe Sow</t>
   </si>
   <si>
     <t>Cardoso Boxing</t>
   </si>
   <si>
     <t>Cardoso Boxing Club</t>
   </si>
   <si>
     <t>Carrefour Multisports</t>
   </si>
   <si>
     <t>Cave Athletics / Sanctum</t>
   </si>
   <si>
     <t>CBS Boxing Club</t>
   </si>
   <si>
     <t>CCCCBoxing</t>
   </si>
   <si>
     <t>Celtic Hammer</t>
   </si>
@@ -713,50 +728,53 @@
   <si>
     <t>Club de boxe BG Buckingham</t>
   </si>
   <si>
     <t>Club de boxe Brandon</t>
   </si>
   <si>
     <t>Club de boxe Chicoutimi</t>
   </si>
   <si>
     <t>Club de boxe CPS</t>
   </si>
   <si>
     <t>Club de boxe de Boucherville</t>
   </si>
   <si>
     <t>Club de boxe de l est</t>
   </si>
   <si>
     <t>Club de boxe de Sherbrooke</t>
   </si>
   <si>
     <t>Club de boxe Drummond</t>
   </si>
   <si>
+    <t>Club de boxe Evado</t>
+  </si>
+  <si>
     <t>Club de boxe Focus de la Vallee</t>
   </si>
   <si>
     <t>Club de boxe Futurs champions</t>
   </si>
   <si>
     <t>Club de boxe G1</t>
   </si>
   <si>
     <t>Club de boxe Gary Doston</t>
   </si>
   <si>
     <t>Club de boxe Gerard-Filion</t>
   </si>
   <si>
     <t>Club de boxe Goats</t>
   </si>
   <si>
     <t>Club de boxe Goliath</t>
   </si>
   <si>
     <t>Club de boxe Heavyweight</t>
   </si>
   <si>
     <t>Club de boxe Hubert Poulin</t>
@@ -1028,50 +1046,53 @@
   <si>
     <t>Eastside Boxing</t>
   </si>
   <si>
     <t>Ecole de boxe Commando</t>
   </si>
   <si>
     <t>Ecole de boxe les Apprentis Champions</t>
   </si>
   <si>
     <t>Ecole de boxe olympique RDL</t>
   </si>
   <si>
     <t>Ecole de boxe olympique Sorel-Tracy</t>
   </si>
   <si>
     <t>Ecole de kickboxing de l'Estrie</t>
   </si>
   <si>
     <t>Ecole Shao-Lin Boxe Matane</t>
   </si>
   <si>
     <t>Eldorado Boxing</t>
   </si>
   <si>
+    <t>Elite fight club</t>
+  </si>
+  <si>
     <t>Empire Boxing</t>
   </si>
   <si>
     <t>Empire Mixed Martial Arts &amp; Fitness</t>
   </si>
   <si>
     <t>EnergyBox</t>
   </si>
   <si>
     <t>Equipe oneXone</t>
   </si>
   <si>
     <t>Eskasoni Red Tribe Boxing Club</t>
   </si>
   <si>
     <t>Evangeline Trail Boxing Club</t>
   </si>
   <si>
     <t>Evolve MMA</t>
   </si>
   <si>
     <t>Face Off Boxing Club</t>
   </si>
   <si>
     <t>Farrell Boxing Nonprofit</t>
@@ -1298,110 +1319,110 @@
   <si>
     <t>JCC Boxing club</t>
   </si>
   <si>
     <t>Journey Boxing</t>
   </si>
   <si>
     <t>JTI Boxing</t>
   </si>
   <si>
     <t>Just Train It</t>
   </si>
   <si>
     <t>K.A. Boxing</t>
   </si>
   <si>
     <t>K.O. Club Martial Arts Fitness</t>
   </si>
   <si>
     <t>K1 Academy</t>
   </si>
   <si>
     <t>Kalsamrit Gym Inc</t>
   </si>
   <si>
-    <t>Kamikaze Boxing Club</t>
+    <t>Kamikaze Punishment Foundation</t>
   </si>
   <si>
     <t>Kashechewan</t>
   </si>
   <si>
     <t>Kashechewan Boxing Club</t>
   </si>
   <si>
     <t>KAYO</t>
   </si>
   <si>
     <t>Kelowna Boxing Club</t>
   </si>
   <si>
+    <t>Kent Athletic Youth Orgaization (KAYO)</t>
+  </si>
+  <si>
     <t>Kent Athletic Youth Organization</t>
   </si>
   <si>
     <t>Khalsa Boxing Club</t>
   </si>
   <si>
     <t>Kickboxing Jiu-Jitsu Academie</t>
   </si>
   <si>
     <t>Kids N Play Boxing and Empowerment</t>
   </si>
   <si>
     <t>King of the ring</t>
   </si>
   <si>
+    <t>King Solo boxing (5555)</t>
+  </si>
+  <si>
     <t>Kingsman Boxing</t>
   </si>
   <si>
     <t>Kingston Youth Boxing Club</t>
   </si>
   <si>
     <t>Kingsway Boxing Club</t>
   </si>
   <si>
     <t>Kingways Boxing Club (KBC)</t>
   </si>
   <si>
     <t>Knockout Brampton Boxing</t>
   </si>
   <si>
     <t>KO-ED Boxing Academy</t>
   </si>
   <si>
     <t>Kokon Jiu-Jitsu and the House of 5 Martial Arts</t>
   </si>
   <si>
-    <t>Kombat Arts Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Kombat Arts Training Academy</t>
   </si>
   <si>
-    <t>Kombat Arts Traning</t>
-[...1 lines deleted...]
-  <si>
     <t>Komoka Kilworth School of Boxing Muay Thai Fitness</t>
   </si>
   <si>
     <t>Kopas Boxing Club</t>
   </si>
   <si>
     <t>Kubicki Boxing Team</t>
   </si>
   <si>
     <t>KV Golden Gloves</t>
   </si>
   <si>
     <t>La Zone TR</t>
   </si>
   <si>
     <t>Lac La Biche Boxing Club</t>
   </si>
   <si>
     <t>Lahave Boxing Club</t>
   </si>
   <si>
     <t>Le Kick Club</t>
   </si>
   <si>
     <t>Le Stage Boxing</t>
@@ -1433,102 +1454,96 @@
   <si>
     <t>Lethbridge Boxing Club</t>
   </si>
   <si>
     <t>Lethbridge Dopamine Boxing Club</t>
   </si>
   <si>
     <t>Lewis Boxing Elite</t>
   </si>
   <si>
     <t>LFG Fitness and Athletic Performance Ltd.</t>
   </si>
   <si>
     <t>Lifestyle Boxing (LBT)</t>
   </si>
   <si>
     <t>Lions Boxing and Fitness</t>
   </si>
   <si>
     <t>Liverpool Boxing Club</t>
   </si>
   <si>
     <t>Lloydminster Boxing</t>
   </si>
   <si>
-    <t>Lodgepole West Pembina Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>London Boxing</t>
   </si>
   <si>
     <t>London Warriors Boxing</t>
   </si>
   <si>
     <t>Lonsdale BC</t>
   </si>
   <si>
     <t>Lux Boxing</t>
   </si>
   <si>
     <t>Lynx Pro Boxe</t>
   </si>
   <si>
     <t>M.A.F.A 1991</t>
   </si>
   <si>
     <t>M.P.T Fitness and Boxing</t>
   </si>
   <si>
     <t>M1 Thai</t>
   </si>
   <si>
     <t>Mad Boxe et Fitness Inc</t>
   </si>
   <si>
     <t>Madkatz Boxing / Los Gatos Locos</t>
   </si>
   <si>
     <t>Main Event Boxing Club</t>
   </si>
   <si>
     <t>Manx Boxing @ Studio 4</t>
   </si>
   <si>
     <t>Maple Ridge Amateur Boxing Club</t>
   </si>
   <si>
     <t>Marshall Boxing</t>
   </si>
   <si>
     <t>Martial Arts Fitness Academy (MAFA)</t>
   </si>
   <si>
-    <t>Mastiff Boxing Club</t>
-[...2 lines deleted...]
-    <t>Maulers Boxing</t>
+    <t>Maulers Boxing Club</t>
   </si>
   <si>
     <t>Maximus Boxing Club</t>
   </si>
   <si>
     <t>MBF Boxing Club</t>
   </si>
   <si>
     <t>McEwans Pro Street Gym</t>
   </si>
   <si>
     <t>McGrory's Boxing Club</t>
   </si>
   <si>
     <t>McGrorys Boxing Club</t>
   </si>
   <si>
     <t>Mecha Martial Arts &amp; Athletics [Boxing]</t>
   </si>
   <si>
     <t>Medicine Hat Boxing Club</t>
   </si>
   <si>
     <t>Membertou ABC</t>
   </si>
@@ -1619,110 +1634,107 @@
   <si>
     <t>OGM Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Old School Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Olympus Boxing Club</t>
   </si>
   <si>
     <t>Ontario Top Team: Brazilian Jiu Jitsu - Muay Thai - Boxing</t>
   </si>
   <si>
     <t>Oromocto BC</t>
   </si>
   <si>
     <t>Ottawa Fight &amp; Fitness</t>
   </si>
   <si>
     <t>Ottawa Valley Boxing</t>
   </si>
   <si>
     <t>Out of Province</t>
   </si>
   <si>
-    <t>Oxford Boxing Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Pacome Training</t>
   </si>
   <si>
     <t>Pan Am Boxing Club</t>
   </si>
   <si>
     <t>Panther Boxing Club</t>
   </si>
   <si>
     <t>Paqtnkek Red Tribe Boxing Club</t>
   </si>
   <si>
     <t>Paradise Boxing Club</t>
   </si>
   <si>
     <t>Pasch-Time Boxing</t>
   </si>
   <si>
     <t>Pasqua BC</t>
   </si>
   <si>
     <t>Paul Brown Box Fit</t>
   </si>
   <si>
     <t>Peachland Boxing</t>
   </si>
   <si>
-    <t>Peak Performance Athletics</t>
-[...1 lines deleted...]
-  <si>
     <t>Pegasus Amateur Boxing</t>
   </si>
   <si>
     <t>Pegasus Boxing Club</t>
   </si>
   <si>
     <t>Pelea Boxing Club</t>
   </si>
   <si>
     <t>Pembroke Boxing Club</t>
   </si>
   <si>
     <t>Philo-Boxe</t>
   </si>
   <si>
     <t>Phoenician Boxing Club</t>
   </si>
   <si>
     <t>Phoenix MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Pinnacle Boxing</t>
   </si>
   <si>
     <t>PIVOT Boxing Club</t>
   </si>
   <si>
+    <t>Pivotal Boxing Club</t>
+  </si>
+  <si>
     <t>Platinum Training Facility</t>
   </si>
   <si>
     <t>Port Kells Boxing Club</t>
   </si>
   <si>
     <t>Posteraro's Boxing Gym</t>
   </si>
   <si>
     <t>Pound4Pound</t>
   </si>
   <si>
     <t>Power Boxing Club</t>
   </si>
   <si>
     <t>Primal MMA Academy</t>
   </si>
   <si>
     <t>Prime Time BC</t>
   </si>
   <si>
     <t>Primetime</t>
   </si>
   <si>
     <t>Pro Boxe Charlevoix</t>
@@ -1814,53 +1826,50 @@
   <si>
     <t>Revolution MMA</t>
   </si>
   <si>
     <t>Rexdale/Jane-Finch Boxing Club (Youth Unlimited)</t>
   </si>
   <si>
     <t>Richmond Warriors Boxing Club</t>
   </si>
   <si>
     <t>Ring 73 Amateur Boxing Society</t>
   </si>
   <si>
     <t>Ring Fit</t>
   </si>
   <si>
     <t>Ring London</t>
   </si>
   <si>
     <t>RingFit</t>
   </si>
   <si>
     <t>Ringfit Boxing &amp; Fitness</t>
   </si>
   <si>
-    <t>Rival Boxing Cochrane</t>
-[...1 lines deleted...]
-  <si>
     <t>Rival Boxing Gym Rive-Nord</t>
   </si>
   <si>
     <t>River City</t>
   </si>
   <si>
     <t>RJF Boxing Club (Youth Unlimited)</t>
   </si>
   <si>
     <t>RND Boxing Club (Relentless and Driven)</t>
   </si>
   <si>
     <t>Rock Athletics Boxing Club</t>
   </si>
   <si>
     <t>Rockland Academy of Martial Arts</t>
   </si>
   <si>
     <t>Rogelio Boxing Club</t>
   </si>
   <si>
     <t>Rough Boxing</t>
   </si>
   <si>
     <t>Rough Boxing Gym</t>
@@ -1919,65 +1928,65 @@
   <si>
     <t>Shore Boxing Club</t>
   </si>
   <si>
     <t>Short Sleeve Boxing</t>
   </si>
   <si>
     <t>Shortsleeves School of Boxing</t>
   </si>
   <si>
     <t>Siberia Boxing Club Ltd.</t>
   </si>
   <si>
     <t>Silvertooth Gym</t>
   </si>
   <si>
     <t>Simcoe Martial Arts (Gray Cat Boxing)</t>
   </si>
   <si>
     <t>SK Boxing</t>
   </si>
   <si>
     <t>Sooke Boxing Club</t>
   </si>
   <si>
-    <t>Soul Martial Arts</t>
-[...1 lines deleted...]
-  <si>
     <t>South Side Legion Boxing Club</t>
   </si>
   <si>
     <t>SouthPaw Boxing Club</t>
   </si>
   <si>
     <t>Southpaw/Goldenstars Boxing</t>
   </si>
   <si>
     <t>Southside Boxing</t>
   </si>
   <si>
+    <t>Southside Boxing Club</t>
+  </si>
+  <si>
     <t>Southside Legion boxing club (SSLC)</t>
   </si>
   <si>
     <t>Sovereign Boxing</t>
   </si>
   <si>
     <t>Sparta Bando club</t>
   </si>
   <si>
     <t>Spartan Striking Academy</t>
   </si>
   <si>
     <t>SpeakEasy Boxing &amp; Training Academy Ltd.</t>
   </si>
   <si>
     <t>Special T Boxing</t>
   </si>
   <si>
     <t>Special T Boxing UFC Gym</t>
   </si>
   <si>
     <t>Speedy Gym APB</t>
   </si>
   <si>
     <t>Sponagles east west boxing club</t>
@@ -2150,56 +2159,56 @@
   <si>
     <t>Toronto Newsgirls Boxing Club</t>
   </si>
   <si>
     <t>Toronto Striking Academy</t>
   </si>
   <si>
     <t>Toronto Warriors</t>
   </si>
   <si>
     <t>Train with Nat</t>
   </si>
   <si>
     <t>TRC Boxing Club</t>
   </si>
   <si>
     <t>Tri-Town Boxing Club</t>
   </si>
   <si>
     <t>Tribal Boxing Club</t>
   </si>
   <si>
     <t>Tristar Gym</t>
   </si>
   <si>
+    <t>Tristar Gym Repentigny</t>
+  </si>
+  <si>
     <t>Tristar Gym Rive Nord</t>
   </si>
   <si>
-    <t>Tristar Repentigny</t>
-[...1 lines deleted...]
-  <si>
     <t>Turtle River BC</t>
   </si>
   <si>
     <t>Twin Cities Boxing Club</t>
   </si>
   <si>
     <t>Twin Dragon</t>
   </si>
   <si>
     <t>Twin Tiger Boxing Academy</t>
   </si>
   <si>
     <t>Ukrainian Boxing Club - Cal'Mar</t>
   </si>
   <si>
     <t>Unattached British Columbia</t>
   </si>
   <si>
     <t>Unattached Manitoba</t>
   </si>
   <si>
     <t>Unattached New Brunswick</t>
   </si>
   <si>
     <t>Unattached Newfoundland and Labrador</t>
@@ -2207,59 +2216,59 @@
   <si>
     <t>Unattached Northwest Territories</t>
   </si>
   <si>
     <t>Unattached Nova Scotia</t>
   </si>
   <si>
     <t>Unattached Nunavut</t>
   </si>
   <si>
     <t>Unattached Ontario</t>
   </si>
   <si>
     <t>Unattached Prince Edward Island</t>
   </si>
   <si>
     <t>Unattached Quebec</t>
   </si>
   <si>
     <t>Unattached Saskatchewan</t>
   </si>
   <si>
     <t>Unattached Yukon</t>
   </si>
   <si>
+    <t>Underdog Boxing Academy</t>
+  </si>
+  <si>
     <t>Underdog Boxing</t>
   </si>
   <si>
     <t>Underdogs Boxing Club</t>
   </si>
   <si>
-    <t>Underdog</t>
-[...1 lines deleted...]
-  <si>
     <t>Underground Boxing</t>
   </si>
   <si>
     <t>Undisputed Boxing Club</t>
   </si>
   <si>
     <t>Unis boxe Beauce</t>
   </si>
   <si>
     <t>Unis Boxe Quebec</t>
   </si>
   <si>
     <t>United Athletics</t>
   </si>
   <si>
     <t>United Boxing Club</t>
   </si>
   <si>
     <t>United Fighter</t>
   </si>
   <si>
     <t>Unity Boxing Club</t>
   </si>
   <si>
     <t>Univeristy of Toronto</t>
@@ -2270,54 +2279,60 @@
   <si>
     <t>Uptown Boxing</t>
   </si>
   <si>
     <t>Uptown Boxing Club</t>
   </si>
   <si>
     <t>Valhalla MMA</t>
   </si>
   <si>
     <t>Valley East Boxing Club</t>
   </si>
   <si>
     <t>Van Jango Studio Of Martial Arts</t>
   </si>
   <si>
     <t>Vancouver Club</t>
   </si>
   <si>
     <t>Vernon Amateur Boxing Club</t>
   </si>
   <si>
     <t>Victory Training Center</t>
   </si>
   <si>
+    <t>Vision Boxe</t>
+  </si>
+  <si>
     <t>VMA Boxing Academy</t>
   </si>
   <si>
     <t>Wainwright Boxing Club</t>
+  </si>
+  <si>
+    <t>Wamma NexGen</t>
   </si>
   <si>
     <t>Warden MMA and Fitness</t>
   </si>
   <si>
     <t>Warriors Boxing</t>
   </si>
   <si>
     <t xml:space="preserve">Warriors Boxing </t>
   </si>
   <si>
     <t>Waterloo Boxing</t>
   </si>
   <si>
     <t>Waterloo Regional Boxing Academy</t>
   </si>
   <si>
     <t>West End Athletic Club</t>
   </si>
   <si>
     <t>West Windsor Boxing Club</t>
   </si>
   <si>
     <t>Westchester Boxing Club</t>
   </si>
@@ -3438,75 +3453,75 @@
       <c r="DA32" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="33" spans="1:109">
       <c r="J33" t="s">
         <v>3</v>
       </c>
       <c r="DA33" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:109">
       <c r="J34" t="s">
         <v>3</v>
       </c>
       <c r="DA34" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:109">
       <c r="J35" t="s">
         <v>3</v>
       </c>
       <c r="DA35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:109">
       <c r="J36" t="s">
         <v>3</v>
       </c>
       <c r="DA36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:109">
       <c r="J37" t="s">
         <v>3</v>
       </c>
       <c r="DA37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:109">
       <c r="J38" t="s">
         <v>3</v>
       </c>
       <c r="DA38" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="39" spans="1:109">
       <c r="J39" t="s">
         <v>3</v>
       </c>
       <c r="DA39" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="40" spans="1:109">
       <c r="J40" t="s">
         <v>3</v>
       </c>
       <c r="DA40" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="41" spans="1:109">
       <c r="J41" t="s">
         <v>3</v>
       </c>
       <c r="DA41" t="s">
         <v>105</v>
       </c>
@@ -4326,83 +4341,83 @@
       <c r="DA143" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="144" spans="1:109">
       <c r="J144" t="s">
         <v>3</v>
       </c>
       <c r="DA144" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="145" spans="1:109">
       <c r="J145" t="s">
         <v>3</v>
       </c>
       <c r="DA145" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="146" spans="1:109">
       <c r="J146" t="s">
         <v>3</v>
       </c>
       <c r="DA146" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="147" spans="1:109">
       <c r="J147" t="s">
         <v>3</v>
       </c>
       <c r="DA147" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="148" spans="1:109">
       <c r="J148" t="s">
         <v>3</v>
       </c>
       <c r="DA148" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="149" spans="1:109">
       <c r="J149" t="s">
         <v>3</v>
       </c>
       <c r="DA149" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="150" spans="1:109">
       <c r="J150" t="s">
         <v>3</v>
       </c>
       <c r="DA150" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="151" spans="1:109">
       <c r="J151" t="s">
         <v>3</v>
       </c>
       <c r="DA151" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="152" spans="1:109">
       <c r="J152" t="s">
         <v>3</v>
       </c>
       <c r="DA152" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="153" spans="1:109">
       <c r="J153" t="s">
         <v>3</v>
       </c>
       <c r="DA153" t="s">
         <v>216</v>
       </c>
@@ -5134,99 +5149,99 @@
       <c r="DA244" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="245" spans="1:109">
       <c r="J245" t="s">
         <v>3</v>
       </c>
       <c r="DA245" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="246" spans="1:109">
       <c r="J246" t="s">
         <v>3</v>
       </c>
       <c r="DA246" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="247" spans="1:109">
       <c r="J247" t="s">
         <v>3</v>
       </c>
       <c r="DA247" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="248" spans="1:109">
       <c r="J248" t="s">
         <v>3</v>
       </c>
       <c r="DA248" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="249" spans="1:109">
       <c r="J249" t="s">
         <v>3</v>
       </c>
       <c r="DA249" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="250" spans="1:109">
       <c r="J250" t="s">
         <v>3</v>
       </c>
       <c r="DA250" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="251" spans="1:109">
       <c r="J251" t="s">
         <v>3</v>
       </c>
       <c r="DA251" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="252" spans="1:109">
       <c r="J252" t="s">
         <v>3</v>
       </c>
       <c r="DA252" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="253" spans="1:109">
       <c r="J253" t="s">
         <v>3</v>
       </c>
       <c r="DA253" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
     </row>
     <row r="254" spans="1:109">
       <c r="J254" t="s">
         <v>3</v>
       </c>
       <c r="DA254" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="255" spans="1:109">
       <c r="J255" t="s">
         <v>3</v>
       </c>
       <c r="DA255" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="256" spans="1:109">
       <c r="J256" t="s">
         <v>3</v>
       </c>
       <c r="DA256" t="s">
         <v>318</v>
       </c>
@@ -8590,67 +8605,67 @@
       <c r="DA676" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="677" spans="1:109">
       <c r="J677" t="s">
         <v>3</v>
       </c>
       <c r="DA677" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="678" spans="1:109">
       <c r="J678" t="s">
         <v>3</v>
       </c>
       <c r="DA678" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="679" spans="1:109">
       <c r="J679" t="s">
         <v>3</v>
       </c>
       <c r="DA679" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="680" spans="1:109">
       <c r="J680" t="s">
         <v>3</v>
       </c>
       <c r="DA680" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="681" spans="1:109">
       <c r="J681" t="s">
         <v>3</v>
       </c>
       <c r="DA681" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="682" spans="1:109">
       <c r="J682" t="s">
         <v>3</v>
       </c>
       <c r="DA682" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="683" spans="1:109">
       <c r="J683" t="s">
         <v>3</v>
       </c>
       <c r="DA683" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="684" spans="1:109">
       <c r="J684" t="s">
         <v>3</v>
       </c>
       <c r="DA684" t="s">
         <v>745</v>
       </c>
@@ -8933,69 +8948,84 @@
       </c>
       <c r="DA719" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="720" spans="1:109">
       <c r="J720" t="s">
         <v>3</v>
       </c>
       <c r="DA720" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="721" spans="1:109">
       <c r="J721" t="s">
         <v>3</v>
       </c>
       <c r="DA721" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="722" spans="1:109">
       <c r="J722" t="s">
         <v>3</v>
       </c>
+      <c r="DA722" t="s">
+        <v>783</v>
+      </c>
     </row>
     <row r="723" spans="1:109">
       <c r="J723" t="s">
         <v>3</v>
       </c>
+      <c r="DA723" t="s">
+        <v>784</v>
+      </c>
     </row>
     <row r="724" spans="1:109">
       <c r="J724" t="s">
         <v>3</v>
       </c>
+      <c r="DA724" t="s">
+        <v>785</v>
+      </c>
     </row>
     <row r="725" spans="1:109">
       <c r="J725" t="s">
         <v>3</v>
       </c>
+      <c r="DA725" t="s">
+        <v>786</v>
+      </c>
     </row>
     <row r="726" spans="1:109">
       <c r="J726" t="s">
         <v>3</v>
+      </c>
+      <c r="DA726" t="s">
+        <v>787</v>
       </c>
     </row>
     <row r="727" spans="1:109">
       <c r="J727" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="728" spans="1:109">
       <c r="J728" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="729" spans="1:109">
       <c r="J729" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="730" spans="1:109">
       <c r="J730" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="731" spans="1:109">
       <c r="J731" t="s">
         <v>3</v>
@@ -10332,51 +10362,51 @@
       </c>
     </row>
     <row r="998" spans="1:109">
       <c r="J998" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="999" spans="1:109">
       <c r="J999" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1000" spans="1:109">
       <c r="J1000" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="12">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
-      <formula1>'Worksheet'!$DA$1:$DA$721</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$726</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
       <formula1>'Worksheet'!$DB$1:$DB$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$9</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>