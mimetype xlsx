--- v1 (2025-12-29)
+++ v2 (2026-02-20)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="788">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="808">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>13th Round Fight for Life</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Glove/Head Gear  Consierge</t>
   </si>
   <si>
     <t>March 16, 2026 - 8:00 am - 12:00 pm</t>
   </si>
   <si>
     <t>1018637:typeValue:102</t>
   </si>
   <si>
     <t>1018637:typeValue:103</t>
   </si>
   <si>
@@ -437,50 +437,53 @@
   <si>
     <t>Between the ropes boxing club</t>
   </si>
   <si>
     <t>Beyond Boxing</t>
   </si>
   <si>
     <t>Beyond Boxing Fitness Society</t>
   </si>
   <si>
     <t>BiagioBoxe</t>
   </si>
   <si>
     <t>BigTyme</t>
   </si>
   <si>
     <t>Black Dog Boxing Club</t>
   </si>
   <si>
     <t>Black Eagle Martial Arts</t>
   </si>
   <si>
     <t>Black Rock Boxing Club</t>
   </si>
   <si>
+    <t>Black Tide Combat and Athletics</t>
+  </si>
+  <si>
     <t>Black Tigers Gym</t>
   </si>
   <si>
     <t>Blands Boxing Club</t>
   </si>
   <si>
     <t>Blaze Performance Training Inc.</t>
   </si>
   <si>
     <t>Bloor Street Boxing</t>
   </si>
   <si>
     <t>Bloor Street Boxing Club</t>
   </si>
   <si>
     <t>Blue Collar Boxing Academy</t>
   </si>
   <si>
     <t>Bluewater Boxing Club</t>
   </si>
   <si>
     <t>Body By Chosen</t>
   </si>
   <si>
     <t>Body by Dex Studio</t>
@@ -518,50 +521,62 @@
   <si>
     <t>Boxe Elite Gatineau</t>
   </si>
   <si>
     <t>Boxe Fit</t>
   </si>
   <si>
     <t>Boxe Matthew Carrier inc.</t>
   </si>
   <si>
     <t>Boxe Pit Bull</t>
   </si>
   <si>
     <t>Boxe Rimouski</t>
   </si>
   <si>
     <t>Boxe St-Emile</t>
   </si>
   <si>
     <t>Boxe Temis</t>
   </si>
   <si>
     <t>Boxemontreal.com</t>
   </si>
   <si>
+    <t>Boxing New Brunswick (BNB!)</t>
+  </si>
+  <si>
+    <t>Boxing Newfoundland &amp; Labrador (BNFL)</t>
+  </si>
+  <si>
+    <t>Boxing Saskatchewan (N/A)</t>
+  </si>
+  <si>
+    <t>Boxing Saskatchewan Provincial Team (BSPT)</t>
+  </si>
+  <si>
     <t>Boxing Without Barriers</t>
   </si>
   <si>
     <t>Bramalea Boxing Club</t>
   </si>
   <si>
     <t>Brampton Boxing</t>
   </si>
   <si>
     <t>Brampton Boxing Gym</t>
   </si>
   <si>
     <t>Brandon Fitness Combat Academy</t>
   </si>
   <si>
     <t>Brantford Black Eye</t>
   </si>
   <si>
     <t>Brantford Blackeye Boxing Club</t>
   </si>
   <si>
     <t>Brave Boxing Club</t>
   </si>
   <si>
     <t>Brave Boxing</t>
@@ -917,50 +932,53 @@
   <si>
     <t>Club X-Boxe Shawinigan</t>
   </si>
   <si>
     <t>Clubb Canada</t>
   </si>
   <si>
     <t>College sportif Bergeron boxe et kick boxing</t>
   </si>
   <si>
     <t>Combative Concepts Academy Of Martial Arts</t>
   </si>
   <si>
     <t>Combative Concepts Boxing Club</t>
   </si>
   <si>
     <t>Come Train With Nat</t>
   </si>
   <si>
     <t>Comodus boxing club ltd</t>
   </si>
   <si>
     <t>Comox valley boxing club</t>
   </si>
   <si>
+    <t>Comox Valley Boxing Club (CVBC)</t>
+  </si>
+  <si>
     <t>Contenders Boxing Studio</t>
   </si>
   <si>
     <t>Cookstown Boxing</t>
   </si>
   <si>
     <t>Corcoran's Boxing Club &amp; Fitness Centre</t>
   </si>
   <si>
     <t>Cougar Boxing Club</t>
   </si>
   <si>
     <t>Coult45Fitness</t>
   </si>
   <si>
     <t>Counter Punch</t>
   </si>
   <si>
     <t>Counterpunch Promotions</t>
   </si>
   <si>
     <t>Cranbrook eagles boxing club</t>
   </si>
   <si>
     <t>Crandall University</t>
@@ -1001,50 +1019,53 @@
   <si>
     <t>Diamond Fitness Mixed Martial Arts</t>
   </si>
   <si>
     <t>Diaz Boxing Club</t>
   </si>
   <si>
     <t>DMC Boxing Club</t>
   </si>
   <si>
     <t>Dog Pound Boxing and Fitness</t>
   </si>
   <si>
     <t>Doggpound MMA</t>
   </si>
   <si>
     <t>Doghouse Boxing Club</t>
   </si>
   <si>
     <t>DogPound boxing academy</t>
   </si>
   <si>
     <t>Donnybrook Boxing Gym</t>
   </si>
   <si>
+    <t>Down North Boxing Club</t>
+  </si>
+  <si>
     <t>Dukes Up Boxing Club</t>
   </si>
   <si>
     <t>Durham Boxing Academy</t>
   </si>
   <si>
     <t>Dynamik Saguenay</t>
   </si>
   <si>
     <t>Dynamite Boxing Club</t>
   </si>
   <si>
     <t>East Coast Amateur Boxing Academy</t>
   </si>
   <si>
     <t>Eastman Boxing Club</t>
   </si>
   <si>
     <t>Eastside Boxing Club</t>
   </si>
   <si>
     <t>Eastside Boxing</t>
   </si>
   <si>
     <t>Ecole de boxe Commando</t>
@@ -1124,95 +1145,104 @@
   <si>
     <t>Fight Club 1947</t>
   </si>
   <si>
     <t>Fighting Island Boxing Club</t>
   </si>
   <si>
     <t>FIIT co</t>
   </si>
   <si>
     <t>Final Round Boxing</t>
   </si>
   <si>
     <t>Final Round Boxing Inc.</t>
   </si>
   <si>
     <t>First Strike Boxing</t>
   </si>
   <si>
     <t>FISTS Boxing Club</t>
   </si>
   <si>
     <t>Fivestar Boxing Academy</t>
   </si>
   <si>
+    <t>Force Boxing (12345)</t>
+  </si>
+  <si>
     <t>Fredericton Boxing Club</t>
   </si>
   <si>
     <t>Free Fitness – Assassin Boxing Club</t>
   </si>
   <si>
     <t>G3 Gym Unis-Boxe Val-Belair</t>
   </si>
   <si>
     <t>Garden Warrior Leadership</t>
   </si>
   <si>
     <t>Get Enhanced Inc.</t>
   </si>
   <si>
     <t>Gideon Boxing Academy</t>
   </si>
   <si>
     <t>Gideon's Guard Faith Based Boxing</t>
   </si>
   <si>
     <t>Girls Just Wanna Box</t>
   </si>
   <si>
     <t>Gladiateur Gym</t>
   </si>
   <si>
+    <t>Gladiators Boxing Team (1625)</t>
+  </si>
+  <si>
     <t>Glory MMA</t>
   </si>
   <si>
     <t>Gloves Up Boxing</t>
   </si>
   <si>
     <t>Go Boxe 3R</t>
   </si>
   <si>
     <t>Gold City Boxing</t>
   </si>
   <si>
     <t>Gold Sport Life Inc.</t>
   </si>
   <si>
     <t>Golden Tiger</t>
   </si>
   <si>
+    <t>Goldenstars Boxing Club</t>
+  </si>
+  <si>
     <t>GPG Boxing Club</t>
   </si>
   <si>
     <t>Grant Boxing Gym</t>
   </si>
   <si>
     <t>Grants</t>
   </si>
   <si>
     <t>Griffins Boxing Club</t>
   </si>
   <si>
     <t>Grizzly Cage Boxing Club (GRIZZLY CAGE BOXING)</t>
   </si>
   <si>
     <t>Guelph MMA</t>
   </si>
   <si>
     <t>Gym le Local</t>
   </si>
   <si>
     <t>Hadaway Boxing</t>
   </si>
   <si>
     <t>Hampton Golden Gloves</t>
@@ -1247,59 +1277,65 @@
   <si>
     <t>HitFit Organization</t>
   </si>
   <si>
     <t>House of Champions Martial Arts</t>
   </si>
   <si>
     <t>House of Five</t>
   </si>
   <si>
     <t>Hubtown Boxing Club</t>
   </si>
   <si>
     <t>HUF Boxing</t>
   </si>
   <si>
     <t>HUF Delgado Boxing Club</t>
   </si>
   <si>
     <t>Humble Boxing Academy</t>
   </si>
   <si>
     <t>Hustle Believe Achieve Boxing and Fitness</t>
   </si>
   <si>
+    <t>Impact Boxing Club</t>
+  </si>
+  <si>
     <t>In This Corner Boxing Fitness Centre</t>
   </si>
   <si>
     <t>Independant</t>
   </si>
   <si>
     <t>Independant Alberta</t>
   </si>
   <si>
+    <t>Independent (N/A)</t>
+  </si>
+  <si>
     <t>Infinite Martial Arts and Fitness</t>
   </si>
   <si>
     <t>Inside the Ropes</t>
   </si>
   <si>
     <t>Insight x Boxing</t>
   </si>
   <si>
     <t>InsightX Boxing</t>
   </si>
   <si>
     <t>Instinct Boxing Club</t>
   </si>
   <si>
     <t>Iron Cat Boxing</t>
   </si>
   <si>
     <t>Iron Forge Fight and Fitness Ltd.</t>
   </si>
   <si>
     <t>Iron Lady Boxing Club</t>
   </si>
   <si>
     <t>Irwins Boxing Club</t>
@@ -1412,50 +1448,53 @@
   <si>
     <t>KV Golden Gloves</t>
   </si>
   <si>
     <t>La Zone TR</t>
   </si>
   <si>
     <t>Lac La Biche Boxing Club</t>
   </si>
   <si>
     <t>Lahave Boxing Club</t>
   </si>
   <si>
     <t>Le Kick Club</t>
   </si>
   <si>
     <t>Le Stage Boxing</t>
   </si>
   <si>
     <t>Le Studio Hotbox</t>
   </si>
   <si>
     <t>Leading Edge Boxing</t>
   </si>
   <si>
+    <t>Legacy Boxing (12345)</t>
+  </si>
+  <si>
     <t>Legacy Boxing Club</t>
   </si>
   <si>
     <t>Legends Boxing Academy</t>
   </si>
   <si>
     <t>Legends MMA Inc</t>
   </si>
   <si>
     <t>Leone Gym Inc.</t>
   </si>
   <si>
     <t>Les etoiles sportives de Montreal</t>
   </si>
   <si>
     <t>Les Promotions Alexandre</t>
   </si>
   <si>
     <t>Lethbridge Boxing Club</t>
   </si>
   <si>
     <t>Lethbridge Dopamine Boxing Club</t>
   </si>
   <si>
     <t>Lewis Boxing Elite</t>
@@ -1592,51 +1631,51 @@
   <si>
     <t>Nelson Boxing Club</t>
   </si>
   <si>
     <t>New Line BA</t>
   </si>
   <si>
     <t>New Waterford Boxing Club</t>
   </si>
   <si>
     <t>Niagara Falls Boxing Club</t>
   </si>
   <si>
     <t>Nightmare Boxing</t>
   </si>
   <si>
     <t>No Excuse Boxing and Fitness</t>
   </si>
   <si>
     <t>No Excuse Fitness</t>
   </si>
   <si>
     <t>Nordik Fight Club</t>
   </si>
   <si>
-    <t>Nunez Art of Striking</t>
+    <t>Nunez House of Combat</t>
   </si>
   <si>
     <t>Oakville Boxing Academy</t>
   </si>
   <si>
     <t>OBFT Inc</t>
   </si>
   <si>
     <t>Obsidian Athletic Club</t>
   </si>
   <si>
     <t>Ocean City Boxing</t>
   </si>
   <si>
     <t>Officials Commission</t>
   </si>
   <si>
     <t>OGM Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Old School Boxing &amp; Fitness</t>
   </si>
   <si>
     <t>Olympus Boxing Club</t>
   </si>
@@ -1673,50 +1712,53 @@
   <si>
     <t>Pasch-Time Boxing</t>
   </si>
   <si>
     <t>Pasqua BC</t>
   </si>
   <si>
     <t>Paul Brown Box Fit</t>
   </si>
   <si>
     <t>Peachland Boxing</t>
   </si>
   <si>
     <t>Pegasus Amateur Boxing</t>
   </si>
   <si>
     <t>Pegasus Boxing Club</t>
   </si>
   <si>
     <t>Pelea Boxing Club</t>
   </si>
   <si>
     <t>Pembroke Boxing Club</t>
   </si>
   <si>
+    <t>PhDBoxer</t>
+  </si>
+  <si>
     <t>Philo-Boxe</t>
   </si>
   <si>
     <t>Phoenician Boxing Club</t>
   </si>
   <si>
     <t>Phoenix MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Pinnacle Boxing</t>
   </si>
   <si>
     <t>PIVOT Boxing Club</t>
   </si>
   <si>
     <t>Pivotal Boxing Club</t>
   </si>
   <si>
     <t>Platinum Training Facility</t>
   </si>
   <si>
     <t>Port Kells Boxing Club</t>
   </si>
   <si>
     <t>Posteraro's Boxing Gym</t>
@@ -1757,50 +1799,53 @@
   <si>
     <t>Queensborough Boxing Club</t>
   </si>
   <si>
     <t>Quinit Boxing Port Coquitlam</t>
   </si>
   <si>
     <t>Quinte Bay Boxing</t>
   </si>
   <si>
     <t>Quinte Bay Boxing Club</t>
   </si>
   <si>
     <t>R.I.T.C. - ABomb Boxing</t>
   </si>
   <si>
     <t>Ragnarök Boxing Club</t>
   </si>
   <si>
     <t>Raincity Boxing Club</t>
   </si>
   <si>
     <t>Rashad's Boxing Academy</t>
   </si>
   <si>
+    <t>Razor Sharpe Boxing</t>
+  </si>
+  <si>
     <t>RDD Boxing</t>
   </si>
   <si>
     <t>Real Deal Boxing Club</t>
   </si>
   <si>
     <t>Rebels Boxing</t>
   </si>
   <si>
     <t>Red Deer Boxing Club</t>
   </si>
   <si>
     <t>Red Glove</t>
   </si>
   <si>
     <t>Red Owl Boxing</t>
   </si>
   <si>
     <t>Red Owl Boxing [Scarborough]</t>
   </si>
   <si>
     <t>Red Owl Boxing Brampton</t>
   </si>
   <si>
     <t>Red Owl Boxing Burlington</t>
@@ -1934,95 +1979,98 @@
   <si>
     <t>Shortsleeves School of Boxing</t>
   </si>
   <si>
     <t>Siberia Boxing Club Ltd.</t>
   </si>
   <si>
     <t>Silvertooth Gym</t>
   </si>
   <si>
     <t>Simcoe Martial Arts (Gray Cat Boxing)</t>
   </si>
   <si>
     <t>SK Boxing</t>
   </si>
   <si>
     <t>Sooke Boxing Club</t>
   </si>
   <si>
     <t>South Side Legion Boxing Club</t>
   </si>
   <si>
     <t>SouthPaw Boxing Club</t>
   </si>
   <si>
-    <t>Southpaw/Goldenstars Boxing</t>
-[...1 lines deleted...]
-  <si>
     <t>Southside Boxing</t>
   </si>
   <si>
     <t>Southside Boxing Club</t>
   </si>
   <si>
     <t>Southside Legion boxing club (SSLC)</t>
   </si>
   <si>
     <t>Sovereign Boxing</t>
   </si>
   <si>
     <t>Sparta Bando club</t>
   </si>
   <si>
     <t>Spartan Striking Academy</t>
   </si>
   <si>
     <t>SpeakEasy Boxing &amp; Training Academy Ltd.</t>
   </si>
   <si>
     <t>Special T Boxing</t>
   </si>
   <si>
     <t>Special T Boxing UFC Gym</t>
   </si>
   <si>
     <t>Speedy Gym APB</t>
   </si>
   <si>
+    <t>SpeedyGym Waterloo (SGW)</t>
+  </si>
+  <si>
     <t>Sponagles east west boxing club</t>
   </si>
   <si>
     <t>Spooners Boxing Academy</t>
   </si>
   <si>
     <t>St Catharines Boxing Club</t>
   </si>
   <si>
     <t>St-John Golden Gloves Amateur Boxing Club</t>
   </si>
   <si>
+    <t>Steelcity MMA &amp; Boxing</t>
+  </si>
+  <si>
     <t>Steeltown Boxing Club</t>
   </si>
   <si>
     <t>Stockyards Boxing and Fitness</t>
   </si>
   <si>
     <t>Stratford Brazilian Jiu Jitsu Academy</t>
   </si>
   <si>
     <t>Striking Tactics MMA &amp; Fitness</t>
   </si>
   <si>
     <t>Studio de boxe Empire</t>
   </si>
   <si>
     <t>Studio de boxe Laurentien</t>
   </si>
   <si>
     <t>Sugarrays</t>
   </si>
   <si>
     <t>Sully's Boxing Gym</t>
   </si>
   <si>
     <t>Sullys Gym</t>
@@ -2243,50 +2291,53 @@
   <si>
     <t>Underdog Boxing</t>
   </si>
   <si>
     <t>Underdogs Boxing Club</t>
   </si>
   <si>
     <t>Underground Boxing</t>
   </si>
   <si>
     <t>Undisputed Boxing Club</t>
   </si>
   <si>
     <t>Unis boxe Beauce</t>
   </si>
   <si>
     <t>Unis Boxe Quebec</t>
   </si>
   <si>
     <t>United Athletics</t>
   </si>
   <si>
     <t>United Boxing Club</t>
   </si>
   <si>
+    <t>United Boxing Winnipeg (UBYWG)</t>
+  </si>
+  <si>
     <t>United Fighter</t>
   </si>
   <si>
     <t>Unity Boxing Club</t>
   </si>
   <si>
     <t>Univeristy of Toronto</t>
   </si>
   <si>
     <t>Uppercut Boxing Club</t>
   </si>
   <si>
     <t>Uptown Boxing</t>
   </si>
   <si>
     <t>Uptown Boxing Club</t>
   </si>
   <si>
     <t>Valhalla MMA</t>
   </si>
   <si>
     <t>Valley East Boxing Club</t>
   </si>
   <si>
     <t>Van Jango Studio Of Martial Arts</t>
@@ -2309,111 +2360,120 @@
   <si>
     <t>Wainwright Boxing Club</t>
   </si>
   <si>
     <t>Wamma NexGen</t>
   </si>
   <si>
     <t>Warden MMA and Fitness</t>
   </si>
   <si>
     <t>Warriors Boxing</t>
   </si>
   <si>
     <t xml:space="preserve">Warriors Boxing </t>
   </si>
   <si>
     <t>Waterloo Boxing</t>
   </si>
   <si>
     <t>Waterloo Regional Boxing Academy</t>
   </si>
   <si>
     <t>West End Athletic Club</t>
   </si>
   <si>
+    <t>West Side Boxing Club</t>
+  </si>
+  <si>
     <t>West Windsor Boxing Club</t>
   </si>
   <si>
     <t>Westchester Boxing Club</t>
   </si>
   <si>
     <t>Westville Boxing Club</t>
   </si>
   <si>
     <t>Weyburn Soo Line</t>
   </si>
   <si>
     <t>Whistler Boxing Club</t>
   </si>
   <si>
     <t>Whitall's Martial Arts and Boxing Club</t>
   </si>
   <si>
     <t>White Rabbit Boxing Club</t>
   </si>
   <si>
     <t>Whizbang Boxing</t>
   </si>
   <si>
     <t>Willett Boxing Club</t>
   </si>
   <si>
     <t>Wilson's Boxing</t>
   </si>
   <si>
     <t>Windsor Amateur Boxing Club</t>
   </si>
   <si>
     <t>Wismer Boxing Club and Fitness Centre</t>
   </si>
   <si>
     <t>Wolfhouse Boxing</t>
   </si>
   <si>
     <t>Wolverine Boxing Academy</t>
   </si>
   <si>
     <t>Woodstock Boxing Club</t>
   </si>
   <si>
+    <t>xtreme couture</t>
+  </si>
+  <si>
     <t>Xtreme Couture Clinic</t>
   </si>
   <si>
     <t>Yamaji Sussex Boxing Club</t>
   </si>
   <si>
     <t>YGK Boxing</t>
   </si>
   <si>
     <t>YMM Boxing Club</t>
   </si>
   <si>
     <t>York Martial Arts</t>
   </si>
   <si>
     <t>Yukon Boxing</t>
+  </si>
+  <si>
+    <t>Yuli Boxeo x M.P.T</t>
   </si>
   <si>
     <t>Zaya's Boxing Club</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4381,83 +4441,83 @@
       <c r="DA148" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="149" spans="1:109">
       <c r="J149" t="s">
         <v>3</v>
       </c>
       <c r="DA149" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="150" spans="1:109">
       <c r="J150" t="s">
         <v>3</v>
       </c>
       <c r="DA150" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="151" spans="1:109">
       <c r="J151" t="s">
         <v>3</v>
       </c>
       <c r="DA151" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="152" spans="1:109">
       <c r="J152" t="s">
         <v>3</v>
       </c>
       <c r="DA152" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="153" spans="1:109">
       <c r="J153" t="s">
         <v>3</v>
       </c>
       <c r="DA153" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="154" spans="1:109">
       <c r="J154" t="s">
         <v>3</v>
       </c>
       <c r="DA154" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="155" spans="1:109">
       <c r="J155" t="s">
         <v>3</v>
       </c>
       <c r="DA155" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="156" spans="1:109">
       <c r="J156" t="s">
         <v>3</v>
       </c>
       <c r="DA156" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="157" spans="1:109">
       <c r="J157" t="s">
         <v>3</v>
       </c>
       <c r="DA157" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:109">
       <c r="J158" t="s">
         <v>3</v>
       </c>
       <c r="DA158" t="s">
         <v>221</v>
       </c>
@@ -5197,99 +5257,99 @@
       <c r="DA250" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="251" spans="1:109">
       <c r="J251" t="s">
         <v>3</v>
       </c>
       <c r="DA251" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="252" spans="1:109">
       <c r="J252" t="s">
         <v>3</v>
       </c>
       <c r="DA252" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="253" spans="1:109">
       <c r="J253" t="s">
         <v>3</v>
       </c>
       <c r="DA253" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="254" spans="1:109">
       <c r="J254" t="s">
         <v>3</v>
       </c>
       <c r="DA254" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="255" spans="1:109">
       <c r="J255" t="s">
         <v>3</v>
       </c>
       <c r="DA255" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="256" spans="1:109">
       <c r="J256" t="s">
         <v>3</v>
       </c>
       <c r="DA256" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="257" spans="1:109">
       <c r="J257" t="s">
         <v>3</v>
       </c>
       <c r="DA257" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="258" spans="1:109">
       <c r="J258" t="s">
         <v>3</v>
       </c>
       <c r="DA258" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="259" spans="1:109">
       <c r="J259" t="s">
         <v>3</v>
       </c>
       <c r="DA259" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
     </row>
     <row r="260" spans="1:109">
       <c r="J260" t="s">
         <v>3</v>
       </c>
       <c r="DA260" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="261" spans="1:109">
       <c r="J261" t="s">
         <v>3</v>
       </c>
       <c r="DA261" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="262" spans="1:109">
       <c r="J262" t="s">
         <v>3</v>
       </c>
       <c r="DA262" t="s">
         <v>324</v>
       </c>
@@ -8629,171 +8689,171 @@
       <c r="DA679" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="680" spans="1:109">
       <c r="J680" t="s">
         <v>3</v>
       </c>
       <c r="DA680" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="681" spans="1:109">
       <c r="J681" t="s">
         <v>3</v>
       </c>
       <c r="DA681" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="682" spans="1:109">
       <c r="J682" t="s">
         <v>3</v>
       </c>
       <c r="DA682" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="683" spans="1:109">
       <c r="J683" t="s">
         <v>3</v>
       </c>
       <c r="DA683" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="684" spans="1:109">
       <c r="J684" t="s">
         <v>3</v>
       </c>
       <c r="DA684" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="685" spans="1:109">
       <c r="J685" t="s">
         <v>3</v>
       </c>
       <c r="DA685" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="686" spans="1:109">
       <c r="J686" t="s">
         <v>3</v>
       </c>
       <c r="DA686" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="687" spans="1:109">
       <c r="J687" t="s">
         <v>3</v>
       </c>
       <c r="DA687" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="688" spans="1:109">
       <c r="J688" t="s">
         <v>3</v>
       </c>
       <c r="DA688" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="689" spans="1:109">
       <c r="J689" t="s">
         <v>3</v>
       </c>
       <c r="DA689" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="690" spans="1:109">
       <c r="J690" t="s">
         <v>3</v>
       </c>
       <c r="DA690" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="691" spans="1:109">
       <c r="J691" t="s">
         <v>3</v>
       </c>
       <c r="DA691" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="692" spans="1:109">
       <c r="J692" t="s">
         <v>3</v>
       </c>
       <c r="DA692" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="693" spans="1:109">
       <c r="J693" t="s">
         <v>3</v>
       </c>
       <c r="DA693" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="694" spans="1:109">
       <c r="J694" t="s">
         <v>3</v>
       </c>
       <c r="DA694" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="695" spans="1:109">
       <c r="J695" t="s">
         <v>3</v>
       </c>
       <c r="DA695" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="696" spans="1:109">
       <c r="J696" t="s">
         <v>3</v>
       </c>
       <c r="DA696" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="697" spans="1:109">
       <c r="J697" t="s">
         <v>3</v>
       </c>
       <c r="DA697" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="698" spans="1:109">
       <c r="J698" t="s">
         <v>3</v>
       </c>
       <c r="DA698" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="699" spans="1:109">
       <c r="J699" t="s">
         <v>3</v>
       </c>
       <c r="DA699" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="700" spans="1:109">
       <c r="J700" t="s">
         <v>3</v>
       </c>
       <c r="DA700" t="s">
         <v>761</v>
       </c>
@@ -8988,144 +9048,204 @@
       </c>
       <c r="DA724" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="725" spans="1:109">
       <c r="J725" t="s">
         <v>3</v>
       </c>
       <c r="DA725" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="726" spans="1:109">
       <c r="J726" t="s">
         <v>3</v>
       </c>
       <c r="DA726" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="727" spans="1:109">
       <c r="J727" t="s">
         <v>3</v>
       </c>
+      <c r="DA727" t="s">
+        <v>788</v>
+      </c>
     </row>
     <row r="728" spans="1:109">
       <c r="J728" t="s">
         <v>3</v>
       </c>
+      <c r="DA728" t="s">
+        <v>789</v>
+      </c>
     </row>
     <row r="729" spans="1:109">
       <c r="J729" t="s">
         <v>3</v>
       </c>
+      <c r="DA729" t="s">
+        <v>790</v>
+      </c>
     </row>
     <row r="730" spans="1:109">
       <c r="J730" t="s">
         <v>3</v>
       </c>
+      <c r="DA730" t="s">
+        <v>791</v>
+      </c>
     </row>
     <row r="731" spans="1:109">
       <c r="J731" t="s">
         <v>3</v>
       </c>
+      <c r="DA731" t="s">
+        <v>792</v>
+      </c>
     </row>
     <row r="732" spans="1:109">
       <c r="J732" t="s">
         <v>3</v>
       </c>
+      <c r="DA732" t="s">
+        <v>793</v>
+      </c>
     </row>
     <row r="733" spans="1:109">
       <c r="J733" t="s">
         <v>3</v>
       </c>
+      <c r="DA733" t="s">
+        <v>794</v>
+      </c>
     </row>
     <row r="734" spans="1:109">
       <c r="J734" t="s">
         <v>3</v>
       </c>
+      <c r="DA734" t="s">
+        <v>795</v>
+      </c>
     </row>
     <row r="735" spans="1:109">
       <c r="J735" t="s">
         <v>3</v>
       </c>
+      <c r="DA735" t="s">
+        <v>796</v>
+      </c>
     </row>
     <row r="736" spans="1:109">
       <c r="J736" t="s">
         <v>3</v>
       </c>
+      <c r="DA736" t="s">
+        <v>797</v>
+      </c>
     </row>
     <row r="737" spans="1:109">
       <c r="J737" t="s">
         <v>3</v>
       </c>
+      <c r="DA737" t="s">
+        <v>798</v>
+      </c>
     </row>
     <row r="738" spans="1:109">
       <c r="J738" t="s">
         <v>3</v>
       </c>
+      <c r="DA738" t="s">
+        <v>799</v>
+      </c>
     </row>
     <row r="739" spans="1:109">
       <c r="J739" t="s">
         <v>3</v>
       </c>
+      <c r="DA739" t="s">
+        <v>800</v>
+      </c>
     </row>
     <row r="740" spans="1:109">
       <c r="J740" t="s">
         <v>3</v>
       </c>
+      <c r="DA740" t="s">
+        <v>801</v>
+      </c>
     </row>
     <row r="741" spans="1:109">
       <c r="J741" t="s">
         <v>3</v>
       </c>
+      <c r="DA741" t="s">
+        <v>802</v>
+      </c>
     </row>
     <row r="742" spans="1:109">
       <c r="J742" t="s">
         <v>3</v>
       </c>
+      <c r="DA742" t="s">
+        <v>803</v>
+      </c>
     </row>
     <row r="743" spans="1:109">
       <c r="J743" t="s">
         <v>3</v>
       </c>
+      <c r="DA743" t="s">
+        <v>804</v>
+      </c>
     </row>
     <row r="744" spans="1:109">
       <c r="J744" t="s">
         <v>3</v>
       </c>
+      <c r="DA744" t="s">
+        <v>805</v>
+      </c>
     </row>
     <row r="745" spans="1:109">
       <c r="J745" t="s">
         <v>3</v>
       </c>
+      <c r="DA745" t="s">
+        <v>806</v>
+      </c>
     </row>
     <row r="746" spans="1:109">
       <c r="J746" t="s">
         <v>3</v>
+      </c>
+      <c r="DA746" t="s">
+        <v>807</v>
       </c>
     </row>
     <row r="747" spans="1:109">
       <c r="J747" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="748" spans="1:109">
       <c r="J748" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="749" spans="1:109">
       <c r="J749" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="750" spans="1:109">
       <c r="J750" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="751" spans="1:109">
       <c r="J751" t="s">
         <v>3</v>
@@ -10362,51 +10482,51 @@
       </c>
     </row>
     <row r="998" spans="1:109">
       <c r="J998" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="999" spans="1:109">
       <c r="J999" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1000" spans="1:109">
       <c r="J1000" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="12">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="E5:E1000">
-      <formula1>'Worksheet'!$DA$1:$DA$726</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$746</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
       <formula1>'Worksheet'!$DB$1:$DB$6</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$9</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="O5:O1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="P5:P1000">
       <formula1>'Worksheet'!$DE$1:$DE$10</formula1>
     </dataValidation>